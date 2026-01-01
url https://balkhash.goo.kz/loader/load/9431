--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d446cce" w14:textId="d446cce">
+    <w:p w14:paraId="5ea6f1f" w14:textId="5ea6f1f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,241 +76,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Типовых правил внутреннего распорядка организации образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысының әкімдігінің 2015 жылғы 1 маусымдағы № 29/05 қаулысы. Қарағанды облысының Әділет департаментінде 2015 жылғы 7 шілдеде № 3321 болып тіркелді</w:t>
+        <w:t>Постановление акимата Карагандинской области от 1 июня 2015 года № 29/05. Зарегистрировано Департаментом юстиции Карагандинской области 7 июля 2015 года № 3321</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының 2007 жылғы 27 шілдедегі "Білім туралы" </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Қарағанды облысының әкімдігі </w:t>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" акимат Карагандинской области </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қоса беріліп отырған Білім беру ұйымдарының ішкі тәртіптемесінің үлгілік </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+        <w:t xml:space="preserve">Утвердить прилагаемые Типовые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внутреннего распорядка организации образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Қарағанды облысының білім басқармасы" мемлекеттік мекемесі осы қаулыдан туындайтын шаралар қолдансын. </w:t>
+        <w:t>Государственному учреждению "Управление образования Карагандинской области" принять меры, вытекающие из настоящего постановления.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Осы қаулының орындалуын бақылау облыс әкімінің жетекшілік жасайтын орынбасарына жүктелсін.</w:t>
+        <w:t>Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима области.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Осы қаулы алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -351,51 +361,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Облыс әкімі</w:t>
+              <w:t>Аким области</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -403,51 +413,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Н. Әбдібеков</w:t>
+              <w:t>Н. Абдибеков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -518,499 +528,524 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облысы әкімдігінің</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 01 маусымдағы</w:t>
+              <w:t>постановлением акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 29/05 қаулысымен</w:t>
+              <w:t>Карагандинской области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітілген</w:t>
+              <w:t>от 1 июня 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 29/05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидалары</w:t>
+        <w:t xml:space="preserve"> Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>внутреннего распорядка организации образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z11" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Осы Білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) Қазақстан Республикасының "Білім туралы" 2007 жылғы 27 шілдедегі Заңының 6-бабы 2-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және білім беру ұйымының ішкі тәртібін ұйымдастырудың және жүзеге асырудың тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">Настоящие Типовые правила внутреннего распорядка организации образования (далее - Типовые правила) разработаны в соответствии с подпунктом 24-7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок организации и осуществления внутреннего распорядка организации образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Үлгілік қағидалар білім беру ұйымдарының ішкі тәртіптемесінің қағидаларын әзірлеу және бекіту барысында бірыңғай көзқарастарды қамтамасыз ету мақсатында әзірленді.</w:t>
+        <w:t>Типовые правила разработаны в целях обеспечения единых подходов при разработке и утверждении правил внутреннего распорядка организации образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру ұйымдарының ішкі тәртіптемесінің қағидалары Қазақстан Республикасының қолданыстағы заңнамасына сәйкес әзірленеді.</w:t>
+        <w:t>Правила внутреннего распорядка организации образования разрабатываются в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ішкі тәртіптемені қамтамасыз ету мақсатында, білім беру ұйымының әкімшілігі, білім беру ұйымының қызметкерлері, сондай-ақ білім алушылары және тәрбиеленушілерінің білім саласында Қазақстан Республикасының заңнамасымен және Білім беру ұйымдарының ішкі тәртіптемесінің қағидаларымен өздеріне жүктелген міндеттердің сақталуын қамтамасыз етеді.</w:t>
+        <w:t>В целях обеспечения внутреннего распорядка администрация организации образования обеспечивает соблюдение сотрудниками, а также обучающимися и воспитанниками организации образования, обязанностей, возложенных на них законодательством Республики Казахстан в области образования и Правилами внутреннего распорядка организации образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Білім беру ұйымының ішкі тәртіптемесі</w:t>
+        <w:t xml:space="preserve"> 2. Внутренний распорядок организации образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру ұйымының ішкі тәртіптемесінің қағидаларында:</w:t>
+        <w:t>В правилах внутреннего распорядка организации образования должны предусматриваться:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім беру ұйымының әкімшілігі және педагогтарының білім алушылармен және тәрбиеленушілермен өзара қарым-қатынасы;</w:t>
+        <w:t>взаимодействие администрации организации образования и педагогов с обучающимися и воспитанниками;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>оқу-тәрбие процесіне қатысушылардың тәртібі;</w:t>
+        <w:t>поведение участников учебно-воспитательного процесса;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім алушылар мен тәрбиеленушілердің білім алуы және өмірі мен денсаулығын сақтау, балалардың құқықтарын қорғау үшін жағдайлар;</w:t>
+        <w:t>условия для получения знаний и сохранения жизни и здоровья обучающихся и воспитанников, охраны прав детей;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ұйым қызметкерлерінің кәсіби біліктілігін арттыруды ұйымдастыру;</w:t>
+        <w:t>организация повышения профессиональной квалификации сотрудников организации;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім беру ұйымының қызмет режимі (білім алушылар мен тәрбиеленушілердің тәуліктік болуы, олардың белгілі уақыт ішінде болуы, оқу сабақтарының ауысымдығы мен білім беру ұйымының жұмысының өзге ерекшеліктері), жұмыс уақытының және педагогикалық және басқа қызметшілердің демалыс уақытының режимі;</w:t>
+        <w:t xml:space="preserve">режим деятельности организации образования (круглосуточное пребывание обучающихся и воспитанников, пребывание их в течение определенного времени, сменности учебных занятий и других особенностей работы организации образования), режим рабочего времени и времени отдыха педагогических и других сотрудников; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім беру ұйымы жұмысының басталу және аяқталу уақыты, сабақтардың арасындағы үзілістер;</w:t>
+        <w:t>время начала и окончания работы организации образования, перерывы между занятиями;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім алушылар мен тәрбиеленушілердің оқу сабақтарының ұзақтығы қамтылуы тиіс.</w:t>
+        <w:t>продолжительность учебных занятий обучающихся и воспитанников.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру ұйымының әкімшілігі қызметкерлердің, білім алушылар мен тәрбиеленушілердің, сонымен қатар олардың ата-аналарының немесе заңды өкілдерінің білім беру ұйымының ішкі тәртіптемесі қағидаларына қолжетімділігін және таныстыруды қамтамасыз етеді.</w:t>
+        <w:t>Администрация организации образования обеспечивает доступность и ознакомление сотрудников, обучающихся и воспитанников, а также их родителей или других законных представителей с Правилами внутреннего распорядка организации образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1019,51 +1054,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>