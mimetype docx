--- v0 (2025-12-15)
+++ v1 (2026-01-02)
@@ -1,11604 +1,5790 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w:rsidR="0068731E" w:rsidRPr="0068731E" w:rsidRDefault="0068731E" w:rsidP="0068731E">
-[...2 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="540" w:lineRule="atLeast"/>
+    <w:p w14:paraId="6AFD9FEF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00B43BBF">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...163 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Послание Главы государства Касым-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жомарта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Токаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...252 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народу Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EED8977" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00B63500" w:rsidP="00B43BBF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict w14:anchorId="57BA8CEE">
+          <v:rect id="_x0000_i1025" style="width:0;height:0" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#212529" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BF549A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00B43BBF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1D5E87" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00B43BBF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...844 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЕДИНСТВО НАРОДА И СИСТЕМНЫЕ РЕФОРМЫ – ПРОЧНАЯ ОСНОВА ПРОЦВЕТАНИЯ СТРАНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC03EED" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033AFACB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B3F86B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4DDCF6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дорогие соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7522D41F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...197 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые депутаты Парламента и члены Правительства!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5430A99D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E7CBB7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году мы отмечаем 30-летие Независимости – это наша самая высшая ценность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7F29F5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Благодаря дальновидной политике Первого Президента – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан добился значительных успехов и стал известен во всем мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35798D39" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В единстве и согласии мы смогли построить новое государство – это наше главное достижение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132B88DE" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы укрепили дух нации, заложив прочный фундамент для развития. Стали влиятельным членом мирового сообщества. Благодаря стабильности в обществе вышли на путь устойчивого прогресса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082E793B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы вместе строим сильное государство. Суверенитет – это не пустые лозунги и громкие слова. Для нас важно, чтобы каждый гражданин ощущал плоды Независимости, главные из которых мирная жизнь, общественное согласие, повышение благосостояния народа, уверенность молодежи в будущем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79ED71F8" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На это нацелены все наши начинания. Благодаря единству и созидательному труду казахстанцев мы успешно преодолеваем все трудности и испытания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253A375F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наша страна находится на пороге четвертого десятилетия Независимости. Уже сейчас очевидно, что это время будет нелегким. Поэтому мы должны быть готовы к любым вызовам и угрозам, непрерывно совершенствоваться и всегда двигаться вперед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456B1027" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мое нынешнее Послание народу Казахстана посвящено следующим вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37577D70" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DC414E" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D0EFC9" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E10147E" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...148 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4013443E" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...515 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3274004A" w14:textId="59EEFAAA" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...266 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ауыл шаруашылығын технологиялық тұрғыдан қайта жабдықтауды қолдау тәсілдерін мұқият қарауымыз қажет.</w:t>
-[...215 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>І. ЭКОНОМИЧЕСКОЕ РАЗВИТИЕ В ПОСТПАНДЕМИЧЕСКИЙ ПЕРИОД</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273BDF1E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Крупнейшая в Центральной Азии экономика Казахстана сейчас переживает последствия пандемии. Тем не менее, несмотря на трудности, мы последовательно реализуем свой курс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEB3945" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях определения среднесрочной экономической политики и систематизации государственных инициатив мы приняли Национальный план развития до 2025 года и перешли к новой системе государственного планирования. Будут утверждены национальные проекты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6100EED2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наша стратегическая цель – усилить лидирующую роль в Центральной Азии и укрепить свои позиции в мировой экономике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD6D78F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для дальнейшего привлечения прямых инвестиций внедрен новый инструмент – Стратегическое инвестиционное соглашение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C189104" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приняты конкретные меры для оптимизации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора. Завершено объединение холдингов «Байтерек» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КазАгро</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». В два раза сокращены портфельные компании, в полтора раза – их штатная численность. В результате создан новый мощный институт развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55804142" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В условиях пандемии государство оказало масштабную и оперативную поддержку гражданам и бизнесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34547617" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Доказала свою эффективность программа «Экономика простых вещей». В рамках ее реализации запущено более 3,5 тысячи проектов, создано 70 тысяч рабочих мест, произведено товаров и услуг на 3,5 трлн тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27432686" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благодаря программе «Дорожная карта бизнеса» государственную поддержку получили 66 тысяч проектов. Это помогло создать и сохранить более 150 тысяч рабочих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5629B82C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Серьезный экономический, но прежде всего социальный эффект оказала инициатива по досрочному использованию пенсионных накоплений. Эта мера помогла более миллиону наших сограждан улучшить свои жилищные условия или снизить ипотечное бремя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198B537E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом в экономическом развитии нашей страны наблюдается положительная динамика. Тем не менее нужно открыто сказать, что ситуация все еще остается непростой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110EC4A5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому я принял решение продлить на 2022 год срок действия программ «Экономика простых вещей» и «Дорожная карта бизнеса». Общий объем средств, выделенных на их финансирование, составит не менее одного триллиона тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9AA66F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во многом благодаря низкому госдолгу и наличию значительных резервов Казахстан сравнительно успешно преодолевает последствия пандемии. Это наше серьезное конкурентное преимущество, важно его не растерять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEFEEE2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Однако в последнее время проявилась тенденция, когда для покрытия расходных обязательств увеличиваются дефицит бюджета и трансферты из Национального фонда. Все время идти по такому «легкому» пути не получится. Запас финансовой устойчивости </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>далеко не безграничен. Очевидно, что необходимы меры по увеличению доходов бюджета. Но в первую очередь нужен контроль за объемами и эффективностью государственных расходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48ABFFA2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для восстановления активов Национального фонда следует ускорить внедрение бюджетного правила. Соответствующие законодательные поправки должны быть приняты до конца нынешнего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097AD826" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом стране необходим свод правил по управлению государственными финансами: госдолгом, бюджетной политикой, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нацфондом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прошу Правительство и Национальный банк до конца года подготовить Концепцию управления государственными финансами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C2EBAB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наряду с этим нужно продолжать работу по диверсификации экономики, расширению номенклатуры производимых товаров и географии экспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D7CBFF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По итогам 2020 года, впервые за 10 лет индустриализации, вклад обрабатывающей промышленности в развитие экономики превысил долю горнодобывающей отрасли. Среднесрочная цель – к 2025 году увеличить экспорт обрабатывающей промышленности в 1,5 раза, до 24 млрд долларов, а производительность труда – на 30%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B9DD6B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разрабатываемый закон «О промышленной политике» должен дать ответы на вопросы, стоящие перед обрабатывающим сектором. Один из них – проблема доступа к сырью. Требуется внедрить простое правило – цена сырьевых товаров для отечественной промышленности должна быть доступной, а объем – достаточным. До конца года Правительство должно найти оптимальный вариант решения этой важной задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6FF503" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом нужно иметь в виду, что ресурсный потенциал нашей страны полностью не раскрыт, геологическая изученность остается на низком уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74175532" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо расширять доступ инвесторов к качественной геологической информации. Для этого на базе разрозненных подведомственных организаций следует создать эффективную Национальную геологическую службу. Данная организация не должна стать монополистом, который решает, кого и как допустить к недрам. Ее роль заключается в оказании комплексной сервисной поддержки инвесторам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2C4897" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отрасль недропользования нуждается в новом импульсе, особенно в части геологоразведки и комплексного изучения недр. Реформы, начатые в рамках Плана нации, следует довести до практического завершения – создать открытую цифровую базу данных геологической информации, обеспечить к ней доступ инвесторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E99236" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Недра – это национальное достояние. Решения о доступе к ним путем кулуарных обсуждений в тиши кабинетов должны быть поставлены вне закона. Соответствующие органы обеспечат контроль по данному вопросу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729AF4C9" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее. Чрезмерное присутствие государства в экономике серьезно сдерживает ее рост и конкурентоспособность, приводит к коррупции и незаконному лоббированию. Госпредприятия по-прежнему доминируют во многих секторах, пользуются монопольными льготами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DADB4B0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мы начали решать данные проблемы. Так, в Концепции государственного управления предусмотрены меры по сокращению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, повышению его эффективности, прозрачности и подотчетности. Высшим советом по реформам одобрен новый план приватизации. Теперь нужен строгий контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF98C8B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но есть и другие вопросы. В частности, почему отдельные национальные компании и госпредприятия работают в убыток, а их первые руководители не несут ответственности за это? Правительству предстоит решить данную проблему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F918AB6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы также столкнулись с неконтролируемым ростом инфляции. Нацбанк, Правительство оказались бессильными перед ней, сославшись на мировые тенденции. Подобного рода отговорки высвечивают уязвимость национальной экономики. Возникает еще один вопрос: в чем тогда состоит роль наших профессиональных экономистов?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D833644" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная задача Национального банка и Правительства – это возвращение инфляции в коридор 4-6%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC5B9DA" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В результате реализации антикризисных мер общим объемом 6,3 трлн тенге в экономике возникла избыточная денежная масса. Но существуют ниши, в которые эти средства не поступают. Банки второго уровня не вкладываются в небольшие проекты, особенно на селе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6577B04B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поэтому предстоит задействовать потенциал микрофинансовых организаций. Они работают на местах, знают клиентов, их бизнес и возможности. Национальному банку и Агентству по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>финрегулированию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует подготовить пакет решений по данному вопросу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB30DC1" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большое значение имеет работа по снижению уровня стрессовых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F237D27" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы приняли решение – государство не должно помогать банкирам. Вместе с тем замороженные активы нужно возвращать в экономический оборот, но исключительно на рыночной основе. Для этого нужна законодательная база. Правительству совместно с Агентством по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>финрегулированию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует до конца года внести законопроект в Парламент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F852B6A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Теперь о немонетарных составляющих инфляции. Главная из них – цены на продукты питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DF7113" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об огромном аграрном потенциале Казахстана говорится много. Но в сфере АПК накопилось немало проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3101D193" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прежде всего это неэффективное ценообразование и распределение продовольственных товаров. Ранее я говорил о важности создания сети оптово-распределительных центров. Эта задача находится в стадии реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD1CEEB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важно обеспечить доступ к ним мелких сельхозтоваропроизводителей, включая, возможно, личные подсобные хозяйства. Монополизация данного рынка недопустима.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FBD108" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо также обеспечить единый контроль над ценами по цепочке от производителя до потребителя. Сейчас за эту работу отвечают несколько ведомств. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>После очередного скачка цен они вместо вдумчивого анализа и принятия эффективных мер начинают «кивать друг на друга». Пора навести порядок в этом деле. Следует разграничить зоны ответственности, определить один орган в качестве основного, прописать четкие регламенты взаимодействия остальных ведомств. Правительство должно принять решение по этому вопросу в месячный срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8EFA92" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во-вторых, неблагоприятные погодные условия обнажили серьезные проблемы в животноводстве. Оперативными мерами мы стабилизировали ситуацию с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кормообеспечением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Однако в этой сфере все еще необходимы системные действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272F84A3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно расширить площади возделывания кормовых культур и усилить контроль за соблюдением севооборота, шире использовать возможности космического мониторинга и дистанционного зондирования земель. Важно также повысить эффективность использования пастбищ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650033A2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сегодня у фермеров нет доступа к местам выпаса скота из-за их принадлежности лицам с известными фамилиями, устроившим из своих владений неприступные крепости. Акимы не могут решить эту проблему по разным причинам, в том числе из-за личной зависимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C9C68F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству совместно с уполномоченными органами нужно принять решительные меры для исправления ситуации. Особое внимание следует уделить обеспечению частных подворий сельчан пастбищными угодьями. Их правовой статус и инструменты поддержки необходимо прописать в отдельном законе «О личных подсобных хозяйствах». Правительству нужно разработать законопроект в кратчайшие сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED34DB0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требует совершенствования и сфера ветеринарии, которая нуждается в четком разграничении функций и полномочий между центром и регионами. От эффективной работы ветеринаров на местах зависит здоровье и продуктивность скота. А это, в свою очередь, напрямую влияет на благосостояние сельских жителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B584ECE" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Без современной ветеринарной службы невозможно расширение экспорта значительной части сельскохозяйственной продукции. Поэтому в этой сфере требуется последовательная работа: цифровизация процессов, автоматизация сбора и передачи данных, подготовка кадров и повышение заработных плат. До конца года Правительство должно принять конкретные меры по реформированию системы ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D3DDAC" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих, в нашей аграрной политике наблюдается непоследовательность. Со сменой министров меняется и политика. В таких условиях фермерам сложно планировать работу на перспективу. Нужно выработать единую генеральную линию. В соответствии с ней требуется пересмотреть и стабилизировать механизмы субсидирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEBE919" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее. Только за последние пять лет на субсидирование было направлено более 2 трлн тенге. К сожалению, более половины уголовных дел в сфере АПК приходится на хищение субсидий. Такая ситуация неприемлема.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645A4736" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следует укрепить нормативную базу, внедрить систему эффективного планирования и мониторинга. Необходимо, чтобы порядок оформления субсидий был понятным и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>прозрачным. Субсидии должны быть в полной мере доступны малым и средним хозяйствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766AC85E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно детально изучить инструменты стимулирования технологического переоснащения сельского хозяйства. Около 90% технологий, используемых в агропромышленном комплексе, окончательно устарели и нуждаются в модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7995B19C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Политику субсидирования сельского хозяйства нужно привести в соответствие с промышленной политикой государства. Прошу Правительство и холдинг «Байтерек» подготовить пакет предложений по данным вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECBAA6D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом главная задача агропромышленного комплекса – полное обеспечение страны основными продуктами питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66560212" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году я подписал закон, окончательно поставивший точку в вопросе продажи и аренды сельскохозяйственных земель иностранцам и компаниям с зарубежным участием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9A4ABA" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Земельный кодекс внесены поправки, стимулирующие отечественных инвесторов вкладывать средства в развитие сельских территорий. Эти изменения позволяют вовлекать сельхозземли в полноценный экономический оборот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16318169" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уверен, все эти решения благоприятно повлияют на наш агропромышленный сектор, который станет одной из ключевых точек роста национальной экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043E69B2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следующий вопрос. В современном мире одним из главных факторов конкурентоспособности является глубинная цифровизация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69698F41" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для Казахстана крайне важны трансферт современных цифровых технологий, внедрение элементов Индустрии 4.0. Мы должны активно работать с нашими стратегическими партнерами за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A9964B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом важно взращивать и усиливать отечественный IT-сектор. Стране нужны молодые, образованные, мотивированные кадры. В рамках Национального проекта по цифровизации необходимо подготовить не менее 100 тысяч высококлассных IT-специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F78161" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспорт услуг и товаров цифровой отрасли к 2025 году должен достичь как минимум 500 млн долларов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2B40AC" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эти и другие задачи потребуют полной «цифровой перезагрузки» государственного сектора. Здесь главной и давней проблемой является отсутствие эффективной интеграции информсистем государственных органов. Данный вопрос требует кардинального, скорейшего решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395D0FE7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во-первых, предстоит выстроить принципиально новую архитектуру «цифрового правительства». Все IT-инициативы госсектора будут основываться исключительно на новой платформе казахстанского </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гостеха</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Она исключит дублирование, неэффективные затраты и бюрократию, 100% госуслуг станут доступны гражданам со смартфонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4237EFDA" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, мы запускаем Центр цифровой трансформации, в котором все бизнес-процессы госорганов будут пересмотрены и переведены в цифровой формат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F95D5A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В-третьих, необходимо создать платформу взаимодействия национальных компаний с IТ-сообществом. Цифровые потребности и запросы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигоссектора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны максимально обеспечиваться силами отечественных компаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577F39C2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-четвертых, необходимо поэтапно расширять и обновлять линии передачи данных, сопрягая их с международными коридорами. Предстоит создать современные центры обработки данных, которые могут обслуживать соседние страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D7AF41" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы должны реализовать свой огромный информационно-телекоммуникационный потенциал. В новую цифровую эпоху он будет иметь геополитическое значение. Казахстан должен стать центральным цифровым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на значительной части евразийского региона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6B1A0B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для решения данной задачи нужно, естественно, усилиться в кадровом плане. Прошу Премьер-министра дать мне свои предложения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D2F223" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее. Ситуация в Афганистане, общее нарастание глобальной напряженности ставят перед нами задачу перезагрузки оборонно-промышленного комплекса и Военной доктрины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559FEFE5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Укрепление обороноспособности, повышение оперативности реагирования на угрозы также должны стать приоритетами государственного значения. Мы должны готовиться к внешним шокам и наихудшему варианту развития событий. В высшей степени актуальным стало моделирование рисков, исходящих извне. Следует проводить стресс-тесты, прорабатывать сценарии, на основе которых будут разрабатываться и корректироваться планы действий государственного аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C31375" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCE6598" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II. ПОВЫШЕНИЕ ЭФФЕКТИВНОСТИ СИСТЕМЫ ЗДРАВООХРАНЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121C35E3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Здоровье – главное богатство», – гласит наша народная пословица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4C0BBF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коронавирус стал серьезным испытанием для системы здравоохранения. Охватившая мир эпидемия не отступает. Каждый день заболевают тысячи наших сограждан, многие уходят из жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036B86C4" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С первых дней пандемии мы без промедления приняли меры для борьбы с распространением инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1DC1A7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан – одно из немногих государств, выпустивших собственную вакцину против коронавируса. Мы не сомневаемся в эффективности и безопасности нашего препарата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>QazVac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, к которому уже проявляют интерес другие страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439B0334" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У нас достаточный запас вакцин, у казахстанцев есть возможность выбирать – многие государства не могут себе это позволить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD6AC12" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В стране продолжается массовая вакцинация, однако в обществе по-прежнему много ее противников. Они не только отказываются прививаться, но и призывают к этому население. Поддавшись их влиянию, многие были дезориентированы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429401A2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Все эти люди должны понимать, что несут ответственность не только за себя, но и за жизни других. Поэтому нельзя идти на поводу у лиц, агитирующих против вакцинации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F8E8D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Человечество пережило не одну эпидемию. Мы не должны забывать, что многие опасные заболевания были остановлены только после появления вакцин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46DC83E0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ближайшем будущем в мире могут появиться новые штаммы коронавируса, эксперты прогнозируют и другие пандемии. Мы не сможем просто переждать эти процессы. Нам предстоит научиться жить и развиваться в таких условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BBFB40" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому сейчас важно закупить бустерные вакцины, ускорить приобретение вакцин, зарегистрированных Всемирной организацией здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA275AF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также необходимо подготовить всю систему здравоохранения к переходу на регулярную вакцинацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15896D3B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должна быть создана Национальная система прогнозирования биобезопасности страны. Данная мера предусмотрена в соответствующем законопроекте. Прошу Парламент обеспечить его принятие до конца сессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54301BD1" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Многие медицинские лаборатории не соответствуют международным стандартам. В рамках национального проекта «Здоровая нация» следует предусмотреть оснащение как минимум 12 лабораторий высокотехнологичным оборудованием. Это позволит повысить уровень соответствия наших лабораторий международным стандартам до 90%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A80148" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нельзя допустить ухудшения ситуации с заболеваниями, не связанными с коронавирусом. В условиях пандемии откладываются плановые </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>скрининги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и операции. Многие дети недополучают стандартные прививки. Безусловно, такое положение дел недопустимо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4617A0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сфера медицины нуждается в объемном финансировании. Речь идет об инфраструктуре, кадрах, лекарственном обеспечении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38052141" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдельного внимания требует фармацевтическая промышленность. Борьба с вирусом показала, что эта отрасль стала важным фактором конкурентоспособности и безопасности. Поэтому потребуется создать Центр лабораторных и технических испытаний медицинских изделий, аккредитованный по всем международным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D98312" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следует активизировать сотрудничество с глобальными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фармкорпорациями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Важно привлекать инвесторов, обеспечить трансферт технологий и новейших разработок. Нужно расширить объем и номенклатуру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оффтейк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-контрактов с отечественными производителями. Долю лекарственных средств и медицинских изделий отечественного производства необходимо довести с имеющихся 17 до 50% уже в 2025 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8615D1" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Залог здоровья – физическая культура. Вновь заявляю: нужно создавать все условия для занятия массовым и детским спортом. Акимам областей следует обеспечить поэтапное строительство спортивной инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FFC951" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В целом в связи с итогами Токийской Олимпиады назрела необходимость рассмотреть положение дел в спорте на отдельном совещании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DB12D3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6DFFCB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...113 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>III. КАЧЕСТВЕННОЕ ОБРАЗОВАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FAF21B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С января текущего года заработная плата педагогических работников увеличилась на 25%. В течение следующих трех лет мы дополнительно направим на эти цели 1,2 трлн тенге. Принятые меры дают свои плоды – резко вырос средний балл поступающих на педагогические специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E26A3BD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Политику поддержки учителей мы будем продолжать. Вместе с тем в условиях глобальных изменений велика вероятность, что получаемые знания устареют раньше, чем выпускник выйдет на рынок труда. Поэтому перед профильным министерством стоит неотложная задача по адаптации учебных программ к новым реалиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6470C3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги дистанционного обучения в период пандемии свидетельствуют о недостаточной эффективности национальных телекоммуникационных сетей. Это привело к появлению большого количества учащихся, не владеющих базовыми, элементарными знаниями. Возникла еще одна проблема, можно сказать, беда – дети бросают учебу, потому что не видят в ней необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3746C048" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству поручается самым серьезным образом заняться решением этого вопроса, в частности повышением качества информационных систем для удаленных форматов обучения. Наше образование должно быть доступным и инклюзивным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304B6306" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но есть и позитивные новости. В этом году сразу несколько казахстанских школьников стали победителями и призерами международных предметных олимпиад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5722A0FD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таких талантливых детей нужно всесторонне поддерживать. Мы будем предоставлять им гранты для поступления в вузы на внеконкурсной основе, выплачивать единовременные денежные премии. Педагогов, воспитавших ребят, также следует поощрять морально и материально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6686F282" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принципиально важно поддерживать детей из социально уязвимых семей в рамках всеобуча. Меры материальной поддержки следует дополнить образовательным проектом «Цифровой учитель».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621254F1" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системе образования нужны мотивированные и квалифицированные педагоги. Считаю, что переобучение учителей требуется проводить раз в три года, а не в пять лет, как сейчас. Ведь именно они должны быть носителями новых знаний, настоящими просветителями. При этом нельзя допускать случаев, когда педагоги проходят курсы за свой счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74519B15" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Острой проблемой системы среднего образования остается нехватка мест в школах – дефицит составляет 225 тысяч. Если не предпринять срочных мер, то к 2025 году он может достичь 1 млн мест. Ранее я давал поручение о строительстве до конца 2025 года не менее 800 школ. Сегодня ставлю задачу довести эту цифру до 1000 школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B7664B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Помимо строительства за счет бюджета, к решению этой острейшей проблемы требуется привлечь частный сектор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDC3A38" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следует начать поэтапный переход на подушевое финансирование и полнокомплектных сельских школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB22A46" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особую значимость приобретает ранняя профориентация детей. Подрастающее поколение должно осознанно относиться к выбору будущей профессии. Правительству совместно с Национальной палатой «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» необходимо заняться решением этой важной задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400C6E2F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы продолжим реализацию проекта «Бесплатное техническое и профессиональное образование».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EBE81A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На сегодня неохваченными остаются 237 тысяч человек из числа молодежи NEET. Ежегодно 50 тысяч абитуриентов поступают на платной основе, 85% из них относятся к категории малообеспеченных. Такое положение нужно исправить. Следует обеспечить стопроцентный охват бесплатным </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТиПО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по востребованным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7033FDEA" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еще одной возможностью получения профессии должна стать армия. Нужно проработать вопрос освоения солдатами срочной службы рабочих специальностей, нужных в реальном секторе экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A0FD5C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача профильного министерства – обеспечить повышение качества высшего образования. Вузы обязаны нести ответственность за должную подготовку кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2475EE" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важнейший приоритет – развитие науки. Для решения накопившихся проблем в этой сфере нужно до конца года внести изменения в законодательство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCD1E8C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прежде всего нужно обеспечить стабильную и достойную заработную плату ведущим ученым, включив ее в базовое финансирование науки. На заседании Национального совета общественного доверия я поручал внедрить прямое финансирование научно-исследовательских институтов, занимающихся фундаментальной наукой. Профильному министерству следует разработать четкие и прозрачные правила отбора и финансирования таких научных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4119E110" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее. Серьезным барьером для развития фундаментальной науки является ограниченность грантов тремя годами. В таком коротком горизонте планирования сложно добиться каких-либо значимых результатов. Следует рассмотреть вопрос увеличения сроков грантового финансирования науки до пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DBF490" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не сходит с повестки проблема объективности решений Национальных научных советов. Считаю, что назрела необходимость ввести институт апелляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4941F24F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом перед казахстанским образованием и наукой стоит масштабная, неотложная задача – не просто поспевать за новыми веяниями, а быть на шаг впереди, генерировать тренды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F98ACF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4ECCF6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>IV. СОВЕРШЕНСТВОВАНИЕ РЕГИОНАЛЬНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3319E831" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Главный принцип «слышащего государства» – госаппарат должен работать в интересах граждан. Это в первую очередь касается местных властей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03ED5CB9" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Именно акиматы призваны взаимодействовать с гражданами и оперативно решать их проблемы. Однако зачастую этого не происходит. Высшему руководству то и дело приходится корректировать принимаемые в регионах решения или вовсе принимать решения за них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440ACC2B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акимы разных уровней не всегда способны на сильные самостоятельные шаги, работают с оглядкой на Центр. Во многом это связано с тем, что нынешний уровень подотчетности акимов перед гражданами недостаточен. Оценка их деятельности практически не зависит от мнения самих жителей регионов. Поэтому требуется оптимизировать механизм оценки работы акимов всех уровней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4778D7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важным моментом должны стать независимые социологические опросы. Они дают объективную картину реального отношения населения к качеству работы органов власти. Через опросы голоса граждан слышны напрямую, а не посредством формальных отчетов. Администрация Президента должна подготовить пакет предложений по данному вопросу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F3CD89" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В региональной политике первостепенное внимание нужно сфокусировать на снижении дисбалансов в социально-экономическом развитии. Следует правильно сочетать специфические для каждого региона задачи с общенациональными приоритетами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4920DD4E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках Национального плана развития были определены 25 конкретных задач по повышению качества жизни граждан. Это и есть главные направления нашей работы. Поэтому Правительству и акимам предстоит обновить Планы развития регионов в соответствии с утвержденными общенациональными задачами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD6DFB1" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конечно, одним из главных инструментов снижения дисбалансов является </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приоритизация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетных расходов. Выделение средств из республиканского бюджета не должно зависеть от «пробивной силы» акимов, каких-то личных предпочтений и прочих субъективных факторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A50416C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для «перезагрузки» процессов бюджетирования требуется более широко применять механизм подушевого финансирования, необходимо внедрить объективную методику распределения бюджетных лимитов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EAA7F2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предстоит упростить бюджетные процессы, кардинально снизить бюрократию в этом вопросе, расширить применение цифровых инструментов планирования и исполнения бюджета. Необходимо внедрить блочный бюджет с повышением ответственности администраторов бюджетных программ. Правительству нужно разработать пакет поправок в бюджетное законодательство и подзаконные акты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C39D557" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Крайне острой проблемой является систематическое завышение сметной стоимости проектов. Это касается как небольших объектов, например, детских садов и школ, так и крупных инфраструктурных проектов. Следует в кратчайшие сроки кардинально пересмотреть действующую нормативную базу и практику. Правительству, Счетному комитету поручается внести предложения до 1 декабря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BA5010" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Следующий вопрос – повышение финансовой самостоятельности регионов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339E270B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 2020 года корпоративный подоходный налог от МСБ передан в местные бюджеты. За этот период, несмотря на снижение экономической активности, поступления в местные бюджеты стали на 25% больше плана. Это говорит о возросшей заинтересованности акимов в развитии местного бизнеса, увеличении инвестиций и налоговой базы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554C916F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Движение в этом направлении нужно продолжать. Прошу Правительство подготовить пакет соответствующих предложений до конца года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75743141" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан находится в русле устойчивой тенденции на урбанизацию. Города-миллионники должны стать опорой глобальной конкурентоспособности Казахстана, а областные центры – точками роста регионов. Поэтому потребуется разработка Закона о развитии агломераций и новые стандарты комплексной застройки городов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059273F7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принципиально важным является соблюдение принципа «люди к инфраструктуре». Фокус должен быть на развитии перспективных сел. Основная цель – обеспечить их соответствие Системе региональных стандартов. Данные подходы должны быть закреплены в Плане территориального развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E778D31" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На 27 моногородов сейчас приходится около 40% промышленного производства. В них проживает 1,4 млн наших сограждан. Нужны выверенные решения относительно дальнейшего функционирования моногородов. В ближайшее время мы обсудим данный вопрос на отдельном совещании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B706F10" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важным приоритетом является развитие местного самоуправления. В городах центрального подчинения и областных центрах успешно внедрен «бюджет народного участия». Реализованы десятки проектов по благоустройству в соответствии с реальными потребностями граждан. Это успешный опыт. Теперь необходимо увеличить долю «народного участия» в бюджете на благоустройство и жилищно-коммунальное хозяйство в 10 раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13617F9F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для усиления «внутренней связанности» страны предстоит завершить все начатые проекты по транспортной инфраструктуре. В рамках государственной программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» формируется единая транспортная сеть, соединяющая центр с регионами. Реализованы стратегически важные инфраструктурные и социальные проекты. Задача акимов и Правительства – запустить аналогичные программы инфраструктурного развития для каждого региона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E69C331" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На местах имеются давно назревшие вопросы модернизации инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A71ECC4" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству совместно с Фондом «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самрук-Казына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» следует приступить к реализации следующих масштабных проектов. Это строительство на площадке Алматинской ТЭЦ-2 парогазовой установки, модернизация ТЭЦ-3 и расширение ТЭЦ-1. Введение в строй 1000 МВт новых генерирующих мощностей в южном регионе. Реконструкция кабельных сетей в Алматы и Алматинской области. Общий объем инвестиций в данные проекты составит более одного триллиона тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F94FD5C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Совместно со стратегическими инвесторами в различных регионах страны мы введем в строй около 2400 МВт мощностей возобновляемой энергетики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C88A4F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большое внимание следует уделить экологическим проблемам в стране, особенно качеству воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356EFB60" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В среднесрочной перспективе 10 наиболее загрязненных городов нужно газифицировать и перевести на альтернативные источники энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAE6352" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для улучшения ситуации с газоснабжением западных регионов уже в этом году начнется реализация трех проектов на общую сумму 700 млрд тенге. Это возведение газоперерабатывающего завода на Кашагане, строительство лупинга магистрального газопровода «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Макат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-Северный Кавказ», модернизация магистрального газопровода «Бейнеу-Жанаозен».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26252BA4" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следующий важный вопрос. В ближайшие десять лет Организация Объединенных Наций прогнозирует глобальный дефицит водных ресурсов. К 2030 году нехватка воды в мире может достигнуть 40%. Поэтому нам необходимо повысить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водосбережение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с помощью новейших технологий и цифровизации. Это стратегическая задача – другого пути предотвращения водного дефицита нет. Правительству нужно подготовить конкретные решения, которые позволят стимулировать внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водосберегающих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологий, эффективно регулировать водопотребление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B07E6F3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для сохранения экосистем водных объектов и бережного использования ресурсов мы приступим к реконструкции 120 каналов. В Акмолинской, Алматинской, Западно-Казахстанской, Жамбылской, Кызылординской, Туркестанской областях будут построены 9 новых водохранилищ. Все необходимые ресурсы для реализации этого масштабного проекта у нас есть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7933F734" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения питьевой водой районов Атырауской и Мангистауской областей будет модернизирован магистральный водовод «Астрахань-Мангышлак» и построен новый опреснительный завод в поселке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кендерли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599F7AB4" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом проблема доступа к питьевой воде так и не нашла своего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>решения, несмотря на то, что</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> десятилетиями на эти цели выделялись колоссальные средства. Поэтому я ставлю задачу в рамках Национального проекта развития регионов в течение пяти лет обеспечить 100% городов и сел чистой питьевой водой. Это приоритетная задача Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56332C1F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еще один вопрос, на котором хочу остановиться отдельно. Мир движется в сторону экологизации промышленности и экономики. Сегодня это уже не просто слова, а конкретные решения в виде налогов, пошлин, мер технического регулирования. Мы не можем оставаться в стороне – все это затрагивает нас напрямую через экспорт, инвестиции и трансферт технологий. Это, без всякого преувеличения, вопрос устойчивого развития Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04308E36" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому мной поставлена задача достичь углеродной нейтральности к 2060 году. Работать в данном направлении нужно очень прагматично. Население и экономика нашей огромной страны растут, а для качественного роста нужна энергия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CC6523" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>С постепенным закатом угольной эпохи, помимо возобновляемых, нам придется задуматься и об источниках надежной базовой генерации энергии. Уже к 2030 году в Казахстане наступит дефицит электроэнергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D50E069" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мировой опыт подсказывает наиболее оптимальный выход – это мирный атом. Вопрос непростой, поэтому к его решению нужно подойти максимально рационально, без домыслов и эмоций. В течение года Правительство и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самрук-Казына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» должны изучить возможность развития в Казахстане безопасной и экологичной атомной энергетики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42BDD6D0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данный вопрос необходимо рассмотреть и с точки зрения развития инженерного дела, формирования нового поколения квалифицированных инженеров-атомщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E6CC06" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перспективным направлением является также производство «зеленого» водорода, водородная энергетика в целом. Правительству поручается подготовить предложения и по данному вопросу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2DA938" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC1952C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>V. ФОРМИРОВАНИЕ ЭФФЕКТИВНОЙ ЭКОСИСТЕМЫ НА РЫНКЕ ТРУДА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23848BEF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пандемия привела к значительной трансформации рынка труда. Прежде всего это стремительное развитие удаленного формата работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF90639" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новая тенденция набирает обороты на фоне появления множества новых профессий, автоматизации и цифровизации большинства процессов. В таких реалиях личную конкурентоспособность можно обеспечить только неоднократной переквалификацией, освоением новых профессий. Поэтому необходим закон «О профессиональных квалификациях». Он должен регулировать вопросы признания квалификаций, стимулировать работников совершенствовать компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22708D9A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тотальная цифровизация привела к новым формам занятости на основе интернет-платформ. Яркие примеры этого – водители такси, курьеры и другие. Эта сфера нуждается в содействии государства с точки зрения социального и медицинского страхования, пенсионного обеспечения, налогообложения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F51F11" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большое влияние на наш рынок труда оказывают и миграционные процессы. Казахстан – вторая страна в СНГ по количеству принимаемых трудовых мигрантов. Нужны правильные решения проблем в этой сфере. Правительству предстоит разработать новую Концепцию миграционной политики. В ней также следует отразить механизмы защиты прав наших граждан, работающих за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B5AC04" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новые подходы требуются и к вопросам внутренней трудовой мобильности. Правительству предстоит переформатировать действующий механизм выделения пособий гражданам, переселяющимся с юга на север страны. В частности, пособия можно предоставлять не только через акиматы, но и путем возмещения расходов работодателей, которые самостоятельно нанимают работников из южных регионов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7494CAF3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следует активно помогать переселенцам, которые хотят заниматься самостоятельным бизнесом. Также нужно рассмотреть возможность предоставления им земельных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">участков не только под строительство домов, но и для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сельхоздеятельности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, обеспечить более широкий доступ к мерам государственной поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3AC0A5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хочу отдельно остановиться еще на одном вопросе. Казахстан – социальное государство. Всесторонняя помощь гражданам, оказавшимися в трудной ситуации, – один из наших приоритетов. Но, к сожалению, в обществе укрепляются патерналистские настроения и социальное иждивенчество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FD30DD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В стране немало граждан, сознательно эксплуатирующих государственные социальные программы. Такая ситуация формирует неправильные установки в общественном сознании. Как и в любой цивилизованной стране, они должны отвечать перед законом и обществом. При этом те, кому нужна реальная помощь, остаются за периметром мер поддержки. Безусловно, возможности нашей страны большие, но они не безграничны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77486D97" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Желание получить необоснованные социальные льготы отучает человека зарабатывать своим трудом. Такой неподобающий образ жизни уже начал негативно влиять на систему ценностей молодежи. Поэтому нам нужны коренные изменения в самосознании граждан, обществе, законодательстве. В готовящемся Социальном кодексе всем этим вопросам нужно уделить пристальное внимание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A13BDB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34822018" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>VI. ПОЛИТИЧЕСКАЯ МОДЕРНИЗАЦИЯ И ЗАЩИТА ПРАВ ЧЕЛОВЕКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1602E5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтапная политическая модернизация – одна из главных задач стратегического курса нашего государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7A04A7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За последние два года в этой сфере нам удалось осуществить целый ряд серьезных преобразований. Принят новый закон, закрепивший уведомительный принцип проведения митингов; до 5% снижен порог прохождения партий в Мажилис; в избирательные бюллетени добавлена графа «против всех».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06113F15" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эти и другие шаги нашли активную поддержку в обществе. Они укрепляют наш вектор на устойчивое демократическое развитие, качественно меняют политическую систему, способствуют более широкому вовлечению граждан в управление государством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EADB5E2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но останавливаться на достигнутом нельзя. Наша цель – дальнейшее повышение эффективности государства, транспарентности и конкурентности политического процесса. Поэтому политические реформы будут продолжены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49279437" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для последовательного укрепления государственности мы будем осуществлять все преобразования постепенно, с учетом нашей специфики. Это единственно верный путь построения сильного, справедливого и прогрессивного государства. Наши граждане всецело разделяют такой подход.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6DD827" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важнейшим шагом стало введение прямой выборности сельских акимов. Это принципиальный момент политической реформы, предложенной мной в прошлогоднем Послании. Данное решение напрямую затрагивает интересы сельчан, то есть более 40% казахстанцев. Мы на правильном пути. И уже в 2024 году граждане получат возможность в пилотном режиме избирать акимов районов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2709FF4D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Важный фактор дальнейшей модернизации местного самоуправления – развитие гражданской культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4593EA1D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Администрации Президента предстоит разработать эффективный механизм поддержки гражданских инициатив в сельской местности. Нужно адаптировать под запросы сельских НПО систему грантового финансирования, внедрить упрощенный режим их получения. Это придаст хороший импульс для социальной активности на селе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56893CC4" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедрение нормы о тридцатипроцентной квоте для женщин и молодежи в избирательных списках подтолкнуло партии к более активной работе, омоложению своих рядов, поиску новых лиц. Вместе с тем в итоговых составах народных избранников квота не нашла должного отражения. Поэтому для получения полноценного эффекта нужно законодательно закрепить норму об обязательном учете данной квоты при распределении депутатских мандатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69ED0A0F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы строим инклюзивное общество. Пока же в нашей стране люди с особыми потребностями слабо представлены в общественно-политической жизни. Предлагаю расширить перечень квотируемых категорий граждан, помимо женщин и молодежи, установив квоту и для людей с особыми потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A7E001" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы знаете, что сферу защиты прав человека я всегда выделяю отдельным блоком. За два последних года мы заметно продвинулись в этом направлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5449582F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В январе текущего года я подписал Закон о ратификации Второго Факультативного протокола к Международному пакту о гражданских и политических правах, направленного на отмену смертной казни. Теперь нам предстоит гармонизировать нормы Уголовного кодекса с положениями Второго Факультативного протокола. Соответствующий закон, надеюсь, будет принят до конца года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC8EA67" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В начале лета в соответствии с моим Указом Правительством утвержден Комплексный план по защите прав человека. Этот важный документ закладывает долгосрочную институциональную основу дальнейшего совершенствования системы защиты прав человека в Казахстане.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D53766" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>После принятия Комплексного плана началась активная работа по обеспечению гендерного равенства. В этой связи следует обеспечить максимальную поддержку экономических и политических позиций женщин в обществе. За эту работу отвечает Администрация Президента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BB36EC" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следует также внести изменения в Концепцию семейной и гендерной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3136C0AB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Серьезные изменения происходят в правоохранительной системе. С 1 июля 2021 года функционирует административная юстиция. Данный институт по-новому выстраивает взаимоотношения государственного аппарата и граждан. Внедряются современные форматы деятельности судов, сокращаются излишние судебные процедуры. На законодательном уровне обеспечена трактовка всех противоречий и неясностей законодательства в пользу граждан и бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8A3E29" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>С внедрением трехзвенной модели усилилась защита участников уголовного процесса. С начала текущего года предотвращено необоснованное вовлечение в уголовную орбиту более двух тысяч граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7F5CCB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повысилась оперативность прокурорского надзора – 98% безосновательных решений отменены в течение трех суток. Необходимо поэтапно расширять компетенции прокуроров по подготовке обвинительных актов. Это повысит их ответственность и усилит механизмы правовой оценки результатов расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7717D6E5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Органы внутренних дел освобождены от ряда непрофильных функций. Повышен статус участковых инспекторов – они наделены дополнительными полномочиями в сфере профилактики правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689C18D5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ряде регионов в пилотном режиме запущена сервисная модель полиции. Следующий этап – ее масштабирование. Успех данной работы во многом зависит от вовлеченности местных органов власти, которые должны понимать суть нововведений и оказывать содействие полиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47719725" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вместе с тем нельзя упускать из вида практические вопросы борьбы с преступностью. Справедливое возмущение граждан вызывает рост мошенничеств. Генеральной прокуратуре предстоит разработать комплекс мер по противодействию мошенничествам и финансовым пирамидам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC03244" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На особом контроле должно быть предотвращение и пресечение сексуальных преступлений против детей, особенно оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47555403" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Страшную угрозу благополучию будущих поколений представляет распространение наркотиков, в том числе синтетических. Правоохранительным органам поручается поставить мощный заслон на пути распространения этой заразы среди наших граждан, особенно среди молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F84D3ED" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следует продолжать эффективную борьбу с коррупцией. Профильному агентству до конца года нужно внести на утверждение стратегический документ, определяющий программу наших действий на среднесрочный период. При этом особое внимание необходимо уделить искоренению «бытовой коррупции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C306F6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Защищая права граждан, нельзя забывать и о правах правозащитников, в том числе адвокатов. Следует обеспечить безопасность их деятельности, пресекать незаконные действия, препятствующие их работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EED95D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все вышеуказанные меры являются составной частью нашего стратегического курса, направленного на совершенствование политической системы и защиту прав человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6715C85B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B449C3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...174 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>VII. КОНСОЛИДАЦИЯ КАК ГЛАВНЫЙ ФАКТОР ДАЛЬНЕЙШЕГО ПРОГРЕССА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247E9D9A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сырттан төнетін қауіпті модельдеу айрықша өзектілікке ие болуда.</w:t>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Казахстан входит в совершенно новую эпоху, несущую фундаментальные изменения во все сферы жизни. В условиях глобальной нестабильности и множества новых вызовов нам нужно укрепить свои ценностные ориентиры, сформировать четкий образ будущего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2870D5AB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наш главный принцип «единство в многообразии» незыблем. Поэтому гармоничное развитие межэтнических отношений всегда было и будет одним из магистральных направлений государственной политики Казахстана. И это не просто риторика, такой подход поддерживает абсолютное большинство казахстанцев. Для наших граждан согласие, толерантность – это сама жизнь, живая реальность, обусловленная взаимопроникновением культур и языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC1C7DB" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы, согласно Конституции, единая нация, и в этом наша безусловная сила. Поддерживая плюрализм мнений, мы в то же время будем жестко пресекать любые формы радикализма, не позволим покушаться на наш государственный суверенитет, территориальную целостность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241CE205" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны беречь единство и согласие в обществе как зеницу ока. Необходимо, чтобы все граждане осознавали значимость гармоничных межэтнических и межконфессиональных отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03179BE8" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У нас всегда был иммунитет к разобщенности. И мы не допустим дискриминации, унижения чести и достоинства по языковому, национальному или расовому признакам, будем привлекать к ответственности по закону. Такие противоречащие Конституции безответственные шаги идут вразрез с интересами нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC4CEB3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие казахского языка является одним из ключевых приоритетов государственной политики. Мы достигли в этом серьезных результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083A8472" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык по праву становится языком образования и науки, культуры и делопроизводства. В целом он последовательно расширяет сферу своего применения. Это закономерное явление. Поэтому нет оснований говорить об ущемленном положении казахского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F7C49B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с нашей Конституцией государственным языком является казахский. Русский язык обладает статусом официального языка. Его использованию, согласно нашему законодательству, препятствовать нельзя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073E5B2F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый гражданин, связывающий свое будущее с нашей страной, должен приложить все усилия к изучению государственного языка. Это и есть одно из проявлений настоящего патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3CCAA0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От того, что наша молодежь владеет разными языками, в том числе и русским, мы только выигрываем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3650EF" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Граница между Казахстаном и Россией – самая длинная в мире, а русский язык – один из шести официальных языков Организации Объединенных Наций. Поэтому к этому вопросу нужно подходить с точки зрения здравого смысла.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CBE7EC" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нам нужно развивать культуру цивилизованного диалога и взаимоуважения. Большая роль в этом отводится Ассамблее народа Казахстана. Каждый из нас должен чувствовать ответственность за Родину, за всех наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548D0F64" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В вопросах консолидации общества, укрепления национальной идентичности большая роль отводится эффективному использованию исторического наследия и культурного потенциала страны. В этом плане Казахстан имеет широкие возможности, в том числе для выгодного позиционирования на международной арене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4294542F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вместе с тем наша политика по этому вопросу требует пересмотра. Сейчас государство почему-то чаще всего финансирует проекты только определенных деятелей, которые с удовольствием поглощают бюджеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6E5548" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Молодые и талантливые скульпторы, художники, театралы, музыканты, литераторы, которые осваивают новые жанровые форматы и постоянно экспериментируют, но при этом выживают за счет меценатов, остаются в андерграунде. А ведь благодаря им казахстанская культура приобретает глобальное звучание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CA8C90" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому Правительству совместно с экспертами нужно до конца года представить план практических мер, направленных на продвижение новой культуры и ее талантливых представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337F4F3F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следует рассмотреть возможность создания Фонда поддержки креативной индустрии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3610030C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Интеллигенция во все времена играла особую роль в нашем обществе. Она всегда вела наш народ вперед, наставляла молодежь, боролась с невежеством, занималась просвещением. Эти качества лежат в основе нашего национального кода, и мы не должны его потерять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F51B110" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сейчас век интернета. Огромный поток негативной информации отравляет сознание современного поколения. Массовое распространение получают ложные смыслы и недолговечные ценности. Это очень опасная тенденция.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C027427" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В такие моменты особенно важна активная позиция интеллигенции. Ее авторитет определяется не наградами, а реальными делами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252EBEA2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная задача – привить молодежи общечеловеческие ценности. В нашем обществе необходимо пропагандировать такие качества, как патриотизм, стремление к знаниям, трудолюбие, сплоченность и ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5404C0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому призываю интеллигенцию не оставаться в стороне от решения проблем, которые влияют на будущее страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B47008E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нам важно развивать традиции диалога и гражданского участия, культивировать прогрессивные ценности, лежащие в основе нашей внутренней солидарности и единства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DED3A61" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Только вместе мы сможем укрепить нашу уникальную страновую идентичность. Как неоднократно подчеркивал Первый Президент Казахстана Нурсултан Абишевич Назарбаев, межэтническое и межконфессиональное согласие – это наше бесценное достояние.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E55935" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Во имя будущего государства мы обязаны сохранить и укрепить внутреннюю стабильность и общенациональное единство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699C020B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21075E41" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таковы ключевые приоритеты нашей ближайшей повестки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B79990" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главное богатство Казахстана – наши граждане.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488AFAC2" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение благополучия народа – ключевая цель моей работы в качестве Президента. Поэтому сегодня я хотел бы озвучить ряд дополнительных инициатив, направленных прежде всего на повышение благосостояния казахстанцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C2CF54" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A987DBE" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1035 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРВАЯ ИНИЦИАТИВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571CACA7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Считаю, что назрела необходимость пересмотра уровня минимальной заработной платы. Это, с одной стороны, важнейший </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>макроиндикатор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с другой стороны – показатель, понятный каждому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02185937" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер минимальной заработной платы не повышался с 2018 года. Мировой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронакризис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> усилил давление на доходы населения. Кроме того, по уровню минимальной заработной платы Казахстан уступает целому ряду стран СНГ. Поэтому принимаю решение – с 1 января 2022 года увеличить минимальную заработную плату с текущих сорока двух с половиной до 60 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B233E96" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данная мера напрямую коснется более одного миллиона человек, а косвенно – всех трудящихся. Она уменьшит «теневой» зарплатный фонд, размер которого сегодня достигает 30, а может быть и 40% от декларируемого.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1224F5C3" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение минимальной заработной платы окажет положительный экономический эффект в виде роста внутреннего потребления. Это, по оценкам экспертов, приведет к увеличению ВВП на 1,5%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF4E839" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одновременно следует отойти от неуместного использования минимальной заработной платы в качестве расчетного показателя в налоговой, социальной и других сферах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047D96E5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу Правительство и Парламент обеспечить внесение необходимых изменений в законодательство до конца текущего года с вступлением в силу в январе следующего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61128DE8" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDAD865" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...624 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВТОРАЯ ИНИЦИАТИВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AC6FBD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Более 6,5 млн человек в Казахстане являются наемными работниками. Вы это хорошо знаете. Основной источник доходов для них – заработные платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57475F5B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом за последние десять лет рост фонда оплаты труда отстал от роста прибыли владельцев предприятий почти на 60%. В этой связи Правительство разработает «мягкие» меры стимулирования бизнеса к увеличению заработных плат своих работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6821FAA7" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Жыл сайын мектеп бітірген 50 мың түлек оқуға ақылы негізде түседі. Олардың 85 пайызы – тұрмысы төмен отбасының балалары.</w:t>
-[...430 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Для работодателей, повышающих заработные платы сотрудников, будут предусмотрены льготы в рамках регулируемых закупок, а также преимущественный доступ к государственной поддержке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A99B547" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A888CE" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...452 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C2E225" w14:textId="77777777" w:rsidR="00B63500" w:rsidRDefault="00B63500" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CC521C" w14:textId="19951E94" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...704 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТРЕТЬЯ ИНИЦИАТИВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A76FCF9" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нагрузку на фонд оплаты труда необходимо сделать более понятной и простой. Это особенно ощутимо для микро- и малого предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D3BF97" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предлагаю внедрить для такого бизнеса единый платеж с фонда оплаты труда со снижением суммарной нагрузки с 34% до 25%. Это простимулирует бизнес «вывести из тени» тысячи сотрудников, которые смогут стать полноценными участниками пенсионной системы, систем социального и медицинского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3369C33F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом вопросе нельзя допустить кампанейщины. Необходимо подготовить соответствующие платежные системы, чтобы избежать сбоев и издержек для бизнеса. Система должна заработать с 1 января 2023 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7414FD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F561B3B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТАЯ ИНИЦИАТИВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155F80E0" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 2020 года повышена заработная плата более чем 600 тысяч гражданских служащих из числа педагогов, врачей и работников социальной сферы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDFCE12" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однако данная мера не коснулась других гражданских служащих. Это сотрудники сферы культуры, архивисты, библиотекари, технические работники, егеря, водители и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F140F6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому с 2022 по 2025 годы государство будет ежегодно на 20% в среднем повышать заработные платы этих категорий гражданских служащих. В целом данная инициатива напрямую затронет 600 тысяч казахстанцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7955EE96" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AEECCC" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...520 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЯТАЯ ИНИЦИАТИВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BF3524" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жилищный вопрос всегда будет одним из главных для наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F665044" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Действие таких программ, как «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баспана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хит» и «7-20-25», скоро завершится. Вместе с тем ставки по рыночной ипотеке все еще высоки и доступны далеко не всем казахстанцам. В этой связи будет разработана целостная жилищная программа. Ее администратором станет «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банк», который трансформируется в национальный институт развития. Перед банком стоит задача обеспечить по принципу «одного окна» учет и распределение жилья среди граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3321FE4C" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я уже отметил положительный эффект инициативы по досрочному использованию пенсионных накоплений. Она также подтолкнула людей требовать у работодателей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>"Жасыл" сутегі өндірісі, жалпы сутегі энергетикасы – болашағы зор бағыттар.</w:t>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>оплаты, что называется «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вбелую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». Для поддержания данной тенденции считаю необходимым разрешить перечисление части пенсионных накоплений выше порога достаточности на счет в «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банк» для последующей покупки жилья. Это также позволит стимулировать привычку накапливать средства, грамотно ими распоряжаться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A257FED" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3649842F" w14:textId="77777777" w:rsidR="00B63F85" w:rsidRDefault="00B63F85" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...336 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B68E77" w14:textId="77777777" w:rsidR="00B63F85" w:rsidRDefault="00B63F85" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ACA5925" w14:textId="77777777" w:rsidR="00B63F85" w:rsidRDefault="00B63F85" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...274 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BA98A87" w14:textId="07845555" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...118 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые депутаты!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4234384E" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение первой сессии Парламент VII созыва принял 63 закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6860EB50" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В результате слаженной работы обеих Палат создана законодательная основа для реализации проводимых в стране системных преобразований и реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69305A3D" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня началась очередная сессия Парламента. Перед нами стоит много важных задач. Все законопроекты должны проходить качественную и глубокую проработку. Вам всегда следует проявлять настойчивость в отстаивании интересов народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F02D1DD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждое решение нужно принимать, учитывая не только запросы общества, но и возможности государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3A0738" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Желаю вам успехов в этой ответственной работе!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F33B39B" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дорогие соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7E06FE" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наш курс незыблем, цель ясна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DF1543" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы знаем, что необходимо делать для ее достижения. Мы последовательно воплощаем в реальность наши планы и доведем до конца все начинания. Мы готовы к любым вызовам и трудностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673FA71F" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как Глава государства я приложу все усилия во благо народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFB2CCD" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня для решения стоящих перед нами задач необходима консолидация государства и всего общества. Иначе завтра может быть уже поздно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F27476" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все, кто сомневается в курсе Главы государства, не справляется с работой, возможно, хочет каким-то образом отсидеться, уклоняется от выполнения поручений Президента, мне кажется, должны уйти с занимаемых постов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6AB15A" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сейчас мы вступаем в решающий этап нашего развития. Госаппарат обязан функционировать как единый механизм. Только в таком случае мы обеспечим достижение поставленных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4122A568" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сплоченность нации – главный фактор успеха нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69306D35" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Недаром в народе говорят: «Где согласие – там и счастье».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DA6FB6" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наша сила – в единстве! Все вместе мы будем трудиться во благо нашей страны!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FC4A59" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сонымен бірге, азаматтарымызды мемлекет басқару ісіне барынша тартуға оң ықпал етеді.</w:t>
-[...3532 lines deleted...]
-    <w:sectPr w:rsidR="00E7135D" w:rsidRPr="0068731E" w:rsidSect="0068731E">
+        <w:t>Пусть будет вечной наша священная Родина!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BCF8C5" w14:textId="77777777" w:rsidR="00EA51A2" w:rsidRPr="00EA51A2" w:rsidRDefault="00EA51A2" w:rsidP="00EA51A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA51A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA09681" w14:textId="77777777" w:rsidR="000648C5" w:rsidRPr="00EA51A2" w:rsidRDefault="000648C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000648C5" w:rsidRPr="00EA51A2" w:rsidSect="00EA51A2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="424" w:bottom="1134" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="424" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000F3716"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E7135D"/>
+    <w:rsidRoot w:val="00EA51A2"/>
+    <w:rsid w:val="000648C5"/>
+    <w:rsid w:val="00B43BBF"/>
+    <w:rsid w:val="00B63500"/>
+    <w:rsid w:val="00B63F85"/>
+    <w:rsid w:val="00EA51A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="63B42DFD"/>
+  <w14:docId w14:val="4293A890"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DF93E694-62A9-4E95-AC52-61964C90C3B3}"/>
+  <w15:docId w15:val="{D08DE196-7D76-4A0A-B4F4-C301FB1D4708}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11660,98 +5846,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -11926,189 +6108,115 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
-    <w:div w:id="498498201">
+    <w:div w:id="1984889251">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...78 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.zakon.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12332,55 +6440,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>43958</Characters>
+  <Pages>23</Pages>
+  <Words>8008</Words>
+  <Characters>45650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>366</Lines>
-  <Paragraphs>103</Paragraphs>
+  <Lines>380</Lines>
+  <Paragraphs>107</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>51566</CharactersWithSpaces>
+  <CharactersWithSpaces>53551</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>