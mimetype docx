--- v0 (2025-12-07)
+++ v1 (2026-01-02)
@@ -1,211 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>№ 01-1-21/5048-вн от 24.09.2021</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10501" w:type="dxa"/>
         <w:tblInd w:w="-612" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="2003"/>
         <w:gridCol w:w="4268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidTr="00FF3774">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3366FF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4014" w:type="dxa"/>
               <w:tblLook w:val="04A0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4014"/>
             </w:tblGrid>
-            <w:tr w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidTr="00D77BF7">
+            <w:tr w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidTr="00FF3774">
               <w:trPr>
                 <w:trHeight w:val="136"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4014" w:type="dxa"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+                <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00D86BC1" w:rsidP="00FF3774">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:caps/>
                       <w:lang w:bidi="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00783446">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:caps/>
+                      <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00233149" w:rsidRPr="008903A8">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:caps/>
                       <w:lang w:bidi="en-US"/>
                     </w:rPr>
                     <w:t>Қазақстан Республикасы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>денсаулық сақтау  министрлігі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>БАС МЕМЛЕКЕТТІК САНИТАРИЯЛЫҚ  ДӘРІГЕРІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3366FF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1047750" cy="914400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="Рисунок 4"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="60" name="Рисунок 60"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
@@ -223,22930 +233,23720 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3366FF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Министерство</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>здравоохранения</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00FF3774">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783446">
+            <w:r w:rsidRPr="008903A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>ГЛАВНЫЙ ГОСУДАРСТВЕННЫЙ САНИТАРНЫЙ ВРАЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="006A263B">
+    <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00233149" w:rsidP="00233149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00783446">
+      <w:r w:rsidRPr="008903A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A263B" w:rsidRPr="00783446" w:rsidRDefault="006A263B" w:rsidP="006A263B">
-[...27 lines deleted...]
-    <w:p w:rsidR="006A263B" w:rsidRPr="00ED3D1D" w:rsidRDefault="006A263B" w:rsidP="006A263B">
+    <w:p w:rsidR="00AA5E91" w:rsidRPr="00ED3D1D" w:rsidRDefault="00AA5E91" w:rsidP="00AA5E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>жыл</w:t>
       </w:r>
       <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ғы </w:t>
       </w:r>
-      <w:r w:rsidR="00D77BF7">
+      <w:r w:rsidR="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>24 қыркүйектегі</w:t>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>қыркүйектегі</w:t>
+      </w:r>
       <w:r w:rsidRPr="00473C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D77BF7">
+        <w:t>№ 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 44</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED3D1D">
+        <w:t>24 сентября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="005B42B9">
+          <w:u w:val="single"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D77BF7">
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA5E91" w:rsidRDefault="00AA5E91" w:rsidP="00AA5E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00ED3D1D" w:rsidRPr="00473C97">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783446">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D77BF7">
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00233149" w:rsidRPr="008903A8" w:rsidRDefault="00AA5E91" w:rsidP="00AA5E91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
       <w:r w:rsidRPr="00783446">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">         Нұр-Сұлтан қаласы                                                                               город Нур-Султан</w:t>
+        <w:t xml:space="preserve"> Нұр-Сұлтан қаласы                                                                      город Нур-Султан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A263B" w:rsidRDefault="006A263B" w:rsidP="006A263B">
-      <w:pPr>
+    <w:p w:rsidR="00D86BC1" w:rsidRDefault="00D86BC1" w:rsidP="00D86BC1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403707" w:rsidRDefault="00403707" w:rsidP="00403707">
-      <w:pPr>
+    <w:p w:rsidR="00E23442" w:rsidRDefault="00E23442" w:rsidP="00D86BC1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403707" w:rsidRDefault="00403707" w:rsidP="00403707">
-      <w:pPr>
+    <w:p w:rsidR="00D86BC1" w:rsidRDefault="00D86BC1" w:rsidP="00D86BC1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внедрении проекта «Ashyq» </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00403707" w:rsidRDefault="00403707" w:rsidP="00403707">
+    <w:p w:rsidR="00D86BC1" w:rsidRDefault="00D86BC1" w:rsidP="00D86BC1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...30 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях предупреждения распространения коронавирусной инфекции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>COVID-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среди населения Республики Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с подпунктом 8) статьи 9 Кодекса Республики Казахстан от 7 июля 2020 года «О здоровье народа и системе здравоохранения»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПОСТАНОВЛЯЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
-[...964 lines deleted...]
-          <w:numId w:val="20"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D77BF7">
-[...16 lines deleted...]
-        <w:t>;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Продолжить реализацию и внедрение проекта «Ashyq» на объектах:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
-[...173 lines deleted...]
-          <w:numId w:val="21"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фитнес-клубы, включая йога центры;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00114B13" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спа-центры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бани, сауны, бассейны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компьютерные клубы, включая PlayStation клубы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> боулинг клубы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кинотеатры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>театры и филармонии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">осы қаулыға 5-қосымшаға сәйкес қауіпсіз «жасыл» мәртебе бар болған кезде «Ashyq» жобасына қатысатын әлеуметтік-экономикалық объектілердің қызметінің өлшемшарттары; </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>объекты общественного питания, летние площадки, фуд-корты, банкетные залы, за исключением стрит-фудов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>объекты общественного питания по типу столовых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> межобластные и городские нерегулярные (туристические) перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>межобластные и внутриобластные регулярные перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бильярдные клубы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>концертные залы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>добровольные участники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> караоке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выставки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> океанариум;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марафоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спортивные мероприятия со зрителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аэропорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лотерейные клубы и иные точки реализации лотереи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>детские развлекательные центры (крытые);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>цирки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отели, гостиницы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>центры обслуживания населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>железнодорожные вокзалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и автовокзалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рынки (крытые), торгово-развлекательные центры, торговые дома, торговые сети (непродовольственные)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>детские оздоровительные центры (для работников (персонала));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>букмекерские конторы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>центры и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салоны красоты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, парикмахерские, салоны по оказанию услуг маникюра и педикюра, косметических и косметологических услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00A217BC" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех форм собственности и ведомственной принадлежности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(для педагогов, персонала, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00114B13">
+        </w:rPr>
+        <w:t>родителей (законных представителей), посетителей, обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в возрасте 18 лет и старше (с добровольной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регистрацией при условии сканирования QR-кода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>детей с 12 лет с разрешения родителей или законных представителей))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>спорткомплексы, спортивно-оздоровительные центры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="001E0BA3" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>общежития и интернаты для проживания обучающихся в организациях образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(для педагогов, персонала, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>родителей (законных представителей), посетителей, обучающихся);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>религиозные объекты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>«Ashyq» көшбасшылары» мәртебесін беру өлшемшарттары бекітілсін.</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игровые клубы (казино);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>международный центр приграничного сотрудничества «Хоргос».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Алгоритм включения новых участников в проект «Ashyq» согласно приложению 1 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Алгоритм внедрения проекта «Ashyq»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и принятия мер при выявлении посетителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с «желтым/красным» статусом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>согласно приложению 2 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм исключения недобросовестных участников из проекта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«Ashyq» согласно приложению 3 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>граничения деятельности социально-экономических объектов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>участвующих в проекте «Ashyq» согласно приложению 4 к настоящему постановлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>деятельности социально-экономических объектов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвующих в проекте «Ashyq», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при наличии безопасного «зеленого» статуса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>согласно приложению 5 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии присвоения статуса «Лидеры «Ashyq» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>согласно приложению 6 к настоящему постановлению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) техническую поддержку проекта «Ashyq» при внедрении на объектах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневное представление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в территориальные департаменты Комитета санитарно-эпидемиологического контроля сведений (выгрузки) за предыдущий день с информационной системы «Ashyq» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о фиксации факта п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осещения объекта, участвующего в проекте, посетителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с «красным/желтым» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>статусом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акимам областей, городов Нур-Султан, Алматы, Шымкент, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>НПП «Атамекен» (по согласованию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принять меры в соответствии с компетенцией и обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00445096" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внедрение проекта «Ashyq»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на объектах согласно пунктам 1 и 2 настоящего постановления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) определение перечня объектов участвующих в реализации проекта, согласно пунктам 1 и 2 настоящего постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) определение списка участников проекта для присвоения статуса «Лидеры «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) информирование населения, физических и юридических лиц о необходимости использования мобильного приложения «Ashyq», в т.ч. других платформ (к примеру, аналог на платформе в eGov mobile, Аitu, Kaspi.kz, Halyk Bank, Sberbank.kz, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Альфа-Банк,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>www.ashyq.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) для входа на объекты, участвующие в проекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) размещение на сайте акиматов информации об участниках проекта «Ashyq», включая участвующих в тестовом режиме и добровольных участников, списка участников проекта с присвоенным статусом «Лидеры «Ashyq»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) своевременное внесение лабораториями сведений в лабораторные информационные системы по результатам ПЦР-тестирования на COVID-19 и передачу их в Единый интеграционный портал Национального центра экспертизы (ЕИП НЦЭ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) техническую поддержку по обучению населения и предпринимателей посредством организации Cаll-центров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) доведение до сведения участников проекта о предусмотренной действующим законодательством ответственности за несоблюдение требований, установленных нормативными правовыми актами в сфере санитарно-эпидемиологического благополучия населения и настоящим постановлением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) вход детей старше 12 лет в компьютерные клубы, цирки, кинотеатры, детские оздоровительные центры, межобластные и межгородские туристические перевозки, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на объекты образования, с добровольной регистрацией при сканировани</w:t>
+      </w:r>
+      <w:r w:rsidR="009B57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QR-кода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A217BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>с разрешения родителей или законных представителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в приложении «Ashyq», в т.ч. других платформ (к примеру, аналог на платформе в eGov mobile, Аitu, Kaspi.kz, Halyk Bank, Sberbank.kz, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Альфа-Банк,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F16DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>www.ashyq.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) эффективность работы мониторинговых групп по профилактике нарушений требований, предъявляемых к внедрению и участию в проекте «Ashyq», согласно приложениям 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) своевременное внесение на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронную платформу InfoКazakhstan.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официальных списков недобросовестных участников проекта на деактивацию QR-кода;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) в случае осложнения эпидемиологической ситуации в зоне критического уровня риска (при показателе заполняемости инфекционных коек свыше 70% и показателе заполняемости коек свыше 200 на 100 тыс. населения) регион переходит в «темно-красную» зону – вводятся ограничительные меры в соответствии с подпунктом 16) настоящего пункта. Ужесточение карантинных мер принимается при нахождении региона в «темно-красной» зоне не менее 3 дней. Усиленные карантинные меры сохраняются не менее 7 дней после перехода в «красную» зону из «темно-красной». Смягчение карантинных мер проводится не ранее 7 дней после перехода в «красную» зону из «темно-красной» зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрешить работу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех объектов в соответствии с Критериями ограничения деятельности социально-экономических объектов, участвующих в проекте «Ashyq», согласно приложению 4 к настоящему постановлению:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в будние дни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всех объектов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвующих в проекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» - до 00.00 часов, Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идерам проекта «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до 02.00 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- в выходные дни – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до 00.00 часов, Лидерам проекта «Ashyq» - до 02.00 часов, при условии наличия безопасного «зеленого» статуса (вакцинации, ПЦР теста с отрицательным результатом не более 7 суток с момента отбора проб, лиц, имеющих постоянные медицинские противопоказания, переболевших в течение последних 3 месяцев) у сотрудников и посетителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличию «зеленого статуса» и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ограничения режима работы, предусмотренные настоящим пунктом, не распространяются на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">межобластные и внутриобластные регулярные перевозки, отели, гостиницы, аэропорты, железнодорожные, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>автомобильные и водные вокзалы, речные и морские порты, автостанции/автопереходы, пункты обслуживания пассажиров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, объекты образования, ВУЗы, колледжи, интернаты и общежития организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00A54538" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрешить деятельность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с Критериями деятельности социально-экономических объектов, участвующих в проекте «Ashyq», при наличии безопасного «зеленого» статуса согласно приложению 5 к настоящему постановлению, без ограничения по режиму работы при условии наличия «зеленого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статуса» (вакцинации, ПЦР теста с отрицательным результатом не более 7 суток с момента отбора проб, лиц, имеющих постоянные медицинские противопоказания, переболевших в течение последних 3 месяцев) у сотрудников и посетителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15) в регионах «темно-красной» зоны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- приостановление деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всех предприятий и организаций вне зависимости от форм собственности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не участвующих в «Ashyq», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за исключением центральных госорганов, акиматов, правоохранительных органов, организаций здравоохранения, СМИ, продуктовых магазинов, аптек и организаций жизнеобеспечения, а также организаций, указанных настоящем подпункте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- запрет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведения зрелищных, спортивных и других массовых мероприятий, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а также семейных, памятных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сохранение дистанционной формы работы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для 80% сотрудников </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных органов (организаций), офисов, Национальных компаний и иных организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(за исключением вакцинированных, переболевших в течение последних 3 месяцев и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лиц, имеющих постоянные медицинские противопоказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">введение ограничительных мер выходного дня на основании решения Межведомственной комиссии по недопущению возникновения и распространения коронавирусной инфекции на территории Республики Казахстан (далее – МВК); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- допускается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вне проекта «Ashyq»: проведение строительных работ; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>деятельность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> промышленных предприятий; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесконтактных услуг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(автомойки, ремонт автомобилей, бытовой техники, часов, телефонов, компьютеров, обуви, швейные ателье, прачечные, химчистки, изготовление ключей, услуги по принципу дом быта и пр.); деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цветочных магазинов, фотосалонов; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туристических компаний, бизнес центров, отдельных видов деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(страховые компании, услуги адвоката, нотариуса, бухгалтера и консалтинга, агентства по недвижимости, рекламные агентства, судебные исполнители, обменные пункты, ломбарды, банки, отделения АО «Казпочта» и т.п.);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объектов общественного питания только на вынос и доставку; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>деятельность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акиматов, правоохранительных органов, организаций здравоохранения, СМИ, продуктовых магазинов, аптек и организаций жизнеобеспечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00ED0AB2" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принятие аналогичных мер по ужесточению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в регионах, находящихся в агломерации с регионами, расположенными в «темно-красной» зоне, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно подпункту 15) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего пункта, на основании решения МВК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>17) проведение профилактики нарушений среди участников проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>18)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключение объектов (аутсайдеров)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проекта «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», несоблюдающих требования по сканированию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>QR-кода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Главным государственным санитарным врачам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>областей, городов Нур-Султан, Алматы, Шымкент обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) контроль за соблюдением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критериев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>граничения деятельности социально-экономических объектов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвующих в проекте «Ashyq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критериев </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>деятельности социально-экономических объектов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвующих в проекте «Ashyq», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при наличии «зеленого статуса»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, согласно приложениям 4 и 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) принятие мер административного воздействия в отношении участников проекта по фактам нарушения требований к организации и использованию проекта «Ashyq» и в отношении лиц, допустивших нарушения ограничительных и карантинных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>руководство настоящим постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без права</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принятия решения об ужесточении карантинных мер в отношении участников проекта в «зеленой», «желтой» и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«темно-красной» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зонах и без права на включение в проект новых участников, не предусмотренных пунктом 1 настоящего постановления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Участникам проекта «Ashyq»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) обеспечить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдение требований, предъявляемых к внедрению и участию в проекте «Ashyq», согласно приложению 2 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) при переходе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> региона в «красную» зону из «темно-красной», «желтую» зону из «красной» или в «зеленую» зону из «жёлтой» продолжить соблюдение требований, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) обеспечить соблюдение требований настоящего постановления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Считать утратившими силу постановление Главного государственного санитарного врача Республики Казахстан от 26 августа 2021 года № 37 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«О внедрении проекта «Ashyq».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением настоящего постановления оставляю за собой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>3. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі:</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Настоящее постановление вступает в силу с 00.00 часов 27 сентября 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главный государственный </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санитарный врач</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан                                                            Е. Киясов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к постановлению Главного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственного санитарного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от «24» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм включения новых участников в проект «Ashyq» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявки на участие в проекте «Ashyq» для всех новых участников подаются через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронную платформу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">InfoKazakhstan.kz и другие платформенные решения, интегрированные с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>InfoKazakhstan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Аitu, Halyk Bank и прочие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Для подачи заявки через сайт InfoKazakhstan.kz субъекту (объекту) необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) зайти на главную страницу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>InfoKazakhstan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с помощью электронной цифровой подписи (далее – ЭЦП) юридического лица или индивидуального предпринимателя и заполнить данные пользователя через ЭЦП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) после авторизации автоматически откроется вкладка «Мои заявки», в которой необходимо нажать на кнопку «Подача новой заявки»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>1) объектілерде енгізу кезінде «Ashyq» жобасын техникалық қолдауды;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) зайдя во вкладку «Новая заявка», предприниматель заполняет форму заявки и отправляет запрос на получение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-кода. Перед получением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-кода необходимо скачать «Базу знаний» (инфографика для размещения на входе, постановления Главного государственного санитарного врача, ответы на часто задаваемые вопросы по проекту «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и т.д.) и ознакомиться с материалами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) субъект (объект) подтверждает наличие разрешительных документов и соответствие санитарно-эпидемиологическим требованиям. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2) күн сайын Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық департаменттеріне «Ashyq» ақпараттық жүйесінен «қызыл/сары» мәртебесі бар келушінің жобаға қатысатын объектіге бару фактісінің тіркелгені туралы алдыңғы күнгі мәліметтерді (жүктеп алуды) ұсынуды қамтамасыз етсін.</w:t>
+        <w:t>код выдается только при наличии у субъекта одного из следующих разрешительных документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- разрешение/уведомление на открытие (санитарно-эпидемиологическое заключение о соответствии объекта высокой эпидемической значимости или уведомление о начале деятельности объектов незначительной эпидемической значимости); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- акт соответствия санитарным нормам по возобновления деятельности. Порядок получения Акта соответствия доступен в Личном кабинете пользователя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) одновременно с получением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кода субъект бизнеса получит уведомление о том, относится ли он к участникам проекта «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (работает со льготами согласно Приложени</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 к настоящему постановлению)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или к добровольным участникам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. После получения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-кода у пользователя в личном кабинете появляется инструкция на получение «Режима охранника» (программы, позволяющей осуществлять проверку статусов посетителя по ИИН или удостоверяющему документу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. После получения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кода участник проекта «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» работает 1 неделю в тестовом режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Через 7 дней работы в тестовом режиме информация об участниках проекта «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» передается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Infokazakhstan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в акиматы и в течение одного дня размещается на сайте акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Информация о добровольных участниках проекта также размещается на сайте акиматов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. В отношении добровольных участников проекта «Ashyq» не распространяются льготы, предусмотренные приложением 4 к настоящему постановлению. К добровольным участникам могут быть отнесены любые субъекты (объекты):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) деятельность которых разрешена, для обеспечения безопасности работников (персонала) и посетителей, минимизации распространения COVID-19 (независимо от формы собственности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) в отношении которых имеются утвержденные государственным органом в сфере санитарно-эпидемиологического благополучия населения или постановлениями Главного государственного санитарного врача Республики Казахстан требования к деятельности на период введения ограничительных мероприятий, в том числе карантина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Предприниматель подтверждает понимание своей ответственности за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соблюдение условий проекта «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ashyq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и предоставление достоверных данных, принимая условия пользовательского соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="13" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Предприниматель несет самостоятельную ответственность за достоверность предоставляемых данных. Проверка наличия вышеуказанных документов может осуществляться мониторинговой группой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Главного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного санитарного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внедрения проекта «Ashyq»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и принятия мер при выявлении посетителей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с «желтым/красным» статусом </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. На объектах, включенных в проект «Ashyq», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">субъектом предпринимательства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверяется статус посетителя через QR-код или по ИИН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Субъект предпринимательства при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявлении на объекте посетителя, подлежащего изоляции с «желтым/красным» статусом информирует/сообщает о факте в территориальные департаменты Комитета санитарно-эпидемиологического контроля (далее – ТД КСЭК) посредством мобильной связи, электронной почты, а также другими доступными способами, с представлением подтверждающих материалов (скриншот «желтый/красный» статус).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Допуск посетителей и работников (персонала) на объекты, участвующие в проекте, осуществляется при условии сканирования и предъявления на входе на объект специального QR-кода, для определения их статуса: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «зеленый» статус: «безопасный» – обозначен в базе данных как прошедший ПЦР-тестирование с отрицательным результатом на COVID-19 не более 7 суток с момента отбора; вакцинированный против COVID-19; переболевший в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Narrow" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...30 lines deleted...]
-        <w:t>Облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдері, «Атамекен» ҰКП (келісу бойынша) құзыретіне сәйкес шаралар қабылдасын және:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">последних 3 месяцев; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличие справки о постоянном медицинском противопоказании к вакцинации против COVID-19. Ограничений в передвижении нет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>1) осы қаулының 1 және 2-тармақтарына сәйкес объектілерде «Ashyq» жобасын енгізуді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «синий» статус: «нейтральный» – отсутствует результат ПЦР-тестирования; отсутствует в базе данных как лицо, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инфицированное или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контактное с больным COVID-19; не вакцинирован. Нет ограничений в передвижении, кроме мест, где наличие результатов ПЦР-тестирования, а также мест, где наличие «зеленого» статуса является обязательным;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>2) осы қаулының 1 және 2-тармақтарына сәйкес жобаны іске асыруға қатысатын объектілердің тізбесін айқындауды;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- «желтый» статус: «контактный» – обозначен в базе данных как контактный с больным COVID-19. Предполагает ограничение передвижения, соблюдение строгого режима домашней изоляции для лиц, находящихся на амбулаторном наблюдении</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...31 lines deleted...]
-        <w:t>» көшбасшылары» мәртебесін алу үшін жобаға қатысушылардың тізімін айқындауды;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- «красный» статус: «инфицирован» – зарегистрирован в базе с положительным результатом ПЦР-тестирования на COVID-19, пациенты со статусом «инфицирован» - код U07.1. Предполагает ограничение передвижения, соблюдение строгого режима домашней изоляции для лиц, находящихся на амбулаторном наблюдении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> пайдалану қажеттігі туралы хабардар етуді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Для лиц, имеющих незаконченный курс вакцинации против COVID-19, статус «зеленый» сохраняется в течении 21 дня после получения первого компонента вакцины. По истечении 21 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>календарного дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в случае отсутствия второго курса вакцинации, статус «зеленый» переводится в «синий». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...40 lines deleted...]
-        <w:t>;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для лиц, имеющих законченный курс вакцинации против COVID-19, статус «зеленый» сохраняется в течении одного года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У лиц, переболевших COVID-19, статус «зеленый» сохраняется в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Narrow" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>6) зертханалардың COVID-19-ға ПТР-тестілеу нәтижелері бойынша зертханалық ақпараттық жүйелерге мәліметтерді уақтылы енгізуін және олардың Ұлттық сараптама орталығының Бірыңғай интеграцияланған порталына (ҰСО БИП) берілуін;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">последних 3 месяцев после выздоровления. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>7) Cаll-орталықтарды ұйымдастыру арқылы халықты және кәсіпкерлерді оқыту бойынша техникалық қолдауды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Лица с «желтым» статусом (или контактные) переводятся в «синий» по истечении 14 календарных дней со дня контакта с лицом, имеющим положительный результат на COVID-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">8) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерде және осы қаулыда белгіленген талаптарды сақтамағаны үшін қолданыстағы заңнамада көзделген жауапкершілік туралы жобаға қатысушылардың назарына жеткізуді; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. У контактных лиц, имеющих результаты отрицательного ПЦР-тестирования на COVID-19, «желтый» статус сохраняется до истечения 14 дней со дня контакта с лицом, имеющим положительный результат на COVID-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00A03CE7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...130 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. У лиц, имеющих результаты отрицательного ПЦР-тестирования на COVID-19, «красный/желтый» статус сохраняется до истечения 14 дней с момента получения положительного результата или со дня контакта с лицом, имеющим положительный результат на COVID-19. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. У лиц, зарегистрированных в базе с положительным результатом ПЦР-тестирования на COVID-19, пациентов со статусом «инфицирован» - код U07.1, «красный» статус сохраняется до истечения 14 дней с момента получения положительного результата ПЦР-тестирования на COVID-19. По истечении 14 дней данные лица переводятся в «зеленый» статус, который сохраняется в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Narrow" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-        <w:t>;</w:t>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последних 3 месяцев </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимо от получения положительного результата ПЦР-тестирования на COVID-19 в этот период времени.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>11) QR-кодты өшіру үшін жобаға жосықсыз қатысушылардың ресми тізімдерін InfoКazakhstan.kz электрондық платформасына уақтылы енгізуді қамтамасыз етсін;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. При отсутствии смартфона у посетителя, с его согласия работник (персонал) объекта предпринимательства проверяет статус посетителя по ИИН.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Проверка статуса нерезидентов осуществляется работником (персоналом) объекта с согласия посетителя по номеру паспорта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-        <w:t>инфекциялық төсектердің толтырылу көрсеткіші 70%-дан жоғары және төсектердің толтырылу көрсеткіші 100 мың тұрғынға шаққанда 200-ден жоғары болғанда) тәуекел деңгейі қауіпті аймақта эпидемиологиялық жағдай күрделенген жағдайда өңір «қоңыр қызыл» аймаққа ауысады – осы тармақтың 16) тармақшасына сәйкес шектеу шаралары енгізіледі. Өңір «қоңыр қызыл» аймақта кемінде 3 күн болған кезде карантиндік шараларды қатаңдату қабылданады. Күшейтілген карантиндік шаралар «қоңыр қызыл» аймақтан «қызыл» аймаққа көшкеннен кейін кемінде 7 күн сақталады. Карантиндік шараларды жеңілдету «қоңыр қызыл» аймақтан «қызыл» аймаққа көшкеннен кейін 7 күннен ерте жүргізілмейді;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Посетители с «желтым/красным» статусом на объекты, участвующие в проекте, не допускаются.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00D77BF7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Участники проекта «Ashyq» обеспечивают соблюдение требований алгоритмов, утвержденных постановлением </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...11 lines deleted...]
-        <w:t>барлық объектілерінің жұмысына:</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главного государственного санитарного врача Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>от 2 сентября 2021 года № 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О дальнейшем усилении мер по предупреждению заболеваний коронавирусной инфекцией среди населения Республики Казахстан» и настоящего постановления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00BE31B8" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...73 lines deleted...]
-        <w:t>жобасының көшбасшылары үшін – сағат 02.00-ге дейін;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТД КСЭК обеспечивают своевременную актуализацию данных в информационных системах «Единый интеграционный портал ПЦР-исследований» и «Центр Контроля COVID-19».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00BE31B8" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...66 lines deleted...]
-        <w:t>рұқсат етуді қамтамасыз етсін.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лицо, имеющее права администратора «Ashyq» обеспечивает ежедневную выгрузку отчета по «красным» и «желтым» посетителям с электронной платформы InfoКazakhstan.kz и направляет в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТД КСЭК.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00BE31B8" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Осы тармақта көзделген  «жасыл мәртебе» болуына және жұмыс режимін шектеуге қойылатын талап облысаралық және облысішілік тұрақты тасымалға, отельдерге, қонақ үйлерге, әуежайларға, теміржол, автомобиль және су  вокзалдарына, өзне және теңіз порттарына, автостанцияларға/автомобиль өту жолдарына, жолаушыларға қызмет көрсету пункттеріне, білім беру объектілеріне, ЖОО-ға, колледждерге, интернаттарға, білім беру ұйымдарының жатақханаларына қолданылмайды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТД КСЭК совместно с организацией амбулаторно-поликлинической помощи и органами внутренних дел, после получения информации от субъекта предпринимательства и/или от Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан устанавливает место проживания (нахождения) физического лица, подлежащего изоляции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="004D1971" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">14) осы қаулыға 5-қосымшаға сәйкес қауіпсіз «жасыл» мәртебесі болған кезде </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТД КСЭК в отношении физического лица с «красным» статусом за нарушение требований законодательства в области санитарно-эпидемиологического благополучия населения, в части нарушения режима изоляции, применяются меры административного характера в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодексом Республики Казахстан от 5 июля 2014 года «Об административных правонарушениях»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="004D1971" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...43 lines deleted...]
-        <w:t>рұқсат етуді қамтамасыз етсін.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 3 статьи 102 и подпунктами 6) и 7) пункта 7 статьи 104 Кодекса Республики Казахстан от 7 июля 2020 года «О здоровье народа и системе здравоохранения», в отношении физического лица с «желтым» статусом выносится постановление Главного государственного санитарного врача соответствующей административно-территориальной единицы о проведении санитарно-противоэпидемических и санитарно-профилактических мероприятий с требованиями необходимости изоляции, с фиксацией факта вручения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> қызыл» аймақтың өңірлерінде:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19. В случае выявления признаков нарушений участниками проекта «Ashyq» ограничительных мероприятий, в том числе карантина, мероприятия осуществляются мониторинговыми группами в соответствии с Алгоритмом действий должностных лиц, по применению мер административного характера при выявлении нарушений требований по соблюдению ограничительных мероприятий, в том числе карантина, утвержденного протоколом Межведомственной комиссии по недопущению возникновения и распространения коронавирусной инфекции на территории Республики Казахстан от 7 декабря 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>- орталық мемлекеттік органдарды, әкімдіктерді, құқық қорғау органдарын, денсаулық сақтау ұйымдарын, БАҚ-ты, азық-түлік дүкендерін, дәріханаларды және тіршілікті қамтамасыз ету ұйымдарын, сондай-ақ осы тармақшада көрсетілген ұйымдарды қоспағанда, «Ashyq»-қа қатыспайтын, меншік нысанына қарамастан барлық кәсіпорындар мен ұйымдардың қызметін тоқтата тұруды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20. При возникновении спорных случаев касательно статусов посетителей, необходимо обращаться в Единый контакт центр 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>- ойын-сауық, спорттық және басқа да бұқаралық іс-шараларды, сондай-ақ отбасылық, естелік іс-шараларды өткізуге тыйым салуды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказом ТД КСЭК назначаются должностные лица, ответственные за координацию и обеспечение оперативного взаимодействия с объектами предпринимательства и проекта «Ashyq».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 3 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Главного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного санитарного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алгоритм исключения недобросовестных участников из проекта «Ashyq»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-        <w:t>- мемлекеттік органдардың (ұйымдардың), офистердің, ұлттық компаниялар мен өзге де ұйымдардың қызметкерлерінің 80%-ы үшін қашықтықтан жұмыс істеу нысанын сақтауды (вакцинацияланғандарды, соңғы 3 ай ішінде ауырып жазылғандарды және тұрақты медициналық қарсы көрсетілімдері бар адамдарды қоспағанда);</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Участники проекта «Ashyq» исключаются местными исполнительными органами (акиматами) (далее – МИО) из проекта по одному или нескольким из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- Қазақстан Республикасының аумағында коронавирустық инфекцияның пайда болуы мен таралуына жол бермеу жөніндегі ведомствоаралық комиссияның (бұдан әрі - ВАК) шешімі негізінде демалыс күнгі шектеу шараларын енгізуді қамтамасыз етсін; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) выявление на объекте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мониторинговой группой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтвержденных фактов нарушений требований к участию в проекте;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- «қоңыр қызыл» аймақтың өңірлерінде «Ashyq» жобасынан тыс: құрылыс жұмыстарын жүргізуге; өнеркәсіптік кәсіпорындардың қызметіне; байланыссыз қызметтерді көрсетуге (автожуу, автомобильдерді, тұрмыстық техниканы, сағаттарды, телефондарды, компьютерлерді, аяқ киімді жөндеу, тігін ательесі, кір жуу орындары, химиялық тазалау, кілттерді жасау, тұрмыстық үй қағидаты бойынша қызмет көрсету және т. б.), гүл дүкендерінің, фотосалондардың қызметіне; туристік компаниялардың, бизнес орталықтардың, қызметтің жекелеген түрлерінің (сақтандыру компаниялары, адвокат, нотариус, бухгалтер және консалтинг көрсетілетін қызметтері, жылжымайтын мүлік жөніндегі агенттіктер, жарнама агенттіктері, сот орындаушылары, айырбастау пункттері, ломбардтар, банктер, «Қазпошта» АҚ бөлімшелері және т. б.) қызметіне; қоғамдық тамақтану объектілерінің тек алып шығуға және жеткізуге арналған қызметіне; әкімдіктердің, құқық қорғау органдарының, денсаулық сақтау ұйымдарының, БАҚ, азық-түлік дүкендерінің, дәріханалардың және тіршілікті қамтамасыз ету ұйымдарының қызметіне жол беріледі; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) на основании решения Межведомственной комиссии по недопущению возникновения и распространения коронавирусной инфекции на территории Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – МВК) в случае проведения объектом от 0 до 20 регистраций посетителей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по QR-коду (check-in) в течение 2 недель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>16) ВАК шешімінің негізінде осы тармақтың осы тармақтың 15)  тармақшасына сәйкес «қоңыр қызыл» аймақта орналасқан өңірлермен агломерациядағы  өңірлерде қатаңдату жөнінде ұқсас шаралар қабылдауды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) выявление факта не проведения объектом минимального числа check-in, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>установленного МВК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, по результатам 2-х недельной выгрузки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="005172C7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) отсутствие разрешительных документов (санитарно-эпидемиологическое заключение о соответствии объекта высокой эпидемической значимости или уведомление о начале деятельности объектов незначительной эпидемической значимости, выявленное по итогам проверки мониторинговой группы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t>жобасынан шығаруды қамтамасыз етсін.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. При нарушении участником проекта «Ashyq» действующего алгоритма работы, выявленном мониторинговой группой, а также по основаниям, указанным в подпункте 2) пункта 1 настоящего приложения, МИО:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t>5. Облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының Бас мемлекеттік санитариялық дәрігерлері:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- исключает участника из проекта сроком на 1 неделю;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повторном нарушении исключает участника из проекта сроком на 2 недели;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>2) «Ashyq» жобасын ұйымдастыруға және енгізуге қойылатын талаптарды бұзу фактілері бойынша жобаға қатысушыларға қатысты және шектеу және карантиндік шараларды бұзуға жол берген адамдарға қатысты әкімшілік ықпал ету шараларын қолдануды;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при третьем нарушении исключает участника из проекта сроком на 1 месяц.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>3) «жасыл», «сары» және «қоңыр қызыл» аймақтардағы жобаға қатысушыларға қатысты карантиндік шараларды қатаңдату туралы шешім қабылдау құқығынсыз және осы қаулының 1-тармағында көзделмеген жаңа қатысушыларды жобаға енгізу құқығынсыз осы қаулыны басшылыққа алуды қамтамасыз етсін.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. МИО направляют официальный список недобросовестных участников на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронную платформу InfoКazakhstan.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на деактивацию QR-кода.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002A3AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1469 lines deleted...]
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
-[...15 lines deleted...]
-        <w:t>– «сары» мәртебе: «байланыста болған»  – деректер базасында COVID-19-бен ауыратын науқаспен байланыста болған адам ретінде көрсетілген. Жүріп-тұруға шектеу, амбулаториялық бақылаудағы адамдар үшін үйде оқшаулаудың қатаң режимін сақтау болжанады;</w:t>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 4 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> коды мәртебесі бар пациенттер. Жүріп-тұруды шектеу, амбулаториялық бақылаудағы адамдар үшін үйде оқшаулану режимін қатаң сақтау болжанады. </w:t>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Главного </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
-[...15 lines deleted...]
-        <w:t>4. COVID-19-ға қарсы вакцинациялаудың аяқталмаған курсы бар адамдар үшін «жасыл» мәртебесі вакцинаның бірінші компонентін алғаннан кейін 21 күн бойы сақталады. Күнтізбелік 21 күн өткеннен кейін вакцинациялаудың екінші курсы болмаған жағдайда «жасыл» мәртебесі «көкке» ауыстырылады.</w:t>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного санитарного </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
-[...15 lines deleted...]
-        <w:t>COVID-19-ға қарсы вакцинациялаудың аяқталған курсы бар адамдар үшін «жасыл» мәртебесі 1 жыл бойы сақталады.</w:t>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
-[...548 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...175 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0080">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...340 lines deleted...]
-        <w:jc w:val="right"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0080">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0086451D">
+        </w:rPr>
+        <w:t>» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="0086451D" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...8972 lines deleted...]
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00C43156" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005A555C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C43156">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005A555C">
+        </w:rPr>
+        <w:t>Критерии ограничения деятельности социально-экономических объектов, участвующих в проекте «Ashyq»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRPr="00C43156" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
+        <w:tblStyle w:val="afb"/>
         <w:tblW w:w="9630" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="3112"/>
         <w:gridCol w:w="1983"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1983"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00386521">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...8 lines deleted...]
-              <w:t>р/н</w:t>
+              <w:t>№п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:firstLine="53"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00386521">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Объект</w:t>
-[...30 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              <w:t>Объекты/отрасли</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:firstLine="53"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00386521">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жасыл аймақ</w:t>
+              </w:rPr>
+              <w:t>Зеленая зона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386521">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сары аймақ</w:t>
+              </w:rPr>
+              <w:t>Желтая зона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386521">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қызыл аймақ</w:t>
+              </w:rPr>
+              <w:t>Красная зона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:firstLine="53"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Объекты общественного питания (в помещении) по типу ресторана, кафе и кофейни *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 70 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 60 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50% , не более 50 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Объекты общественного питания (в помещении) по типу столовых без реализации алкогольных напитков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (круглосуточно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (круглосуточно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(круглосуточно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Салтанатты, ас беру, отбасылық іс-шараларды (банкеттер, үйлену тойлары, мерейтойлар) өткізу </w:t>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Летние площадки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
-[...11 lines deleted...]
-              <w:pStyle w:val="a8"/>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...217 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00386521" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Фуд-корты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 30%, но не более 50 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 20%, но не более 30 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 20%, но не более 30 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Банкетные залы** (проведение поминок)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при заполняемости не более 50%, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечении площади не менее 4-х кв.м. на одного человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при заполняемости не более 30%, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечении площади не менее 4-х кв.м. на одного человека, но не более 50 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при заполняемости не более 30%, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечении площади не менее 4-х кв.м. на одного человека, но не более 30 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Банкетные залы** (обслуживание по типу ресторанов и кафе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 70 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 60 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50% , не более до 50 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сауны, бани </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>СПА-центры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Бассейны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Спортивно-оздоровительные центры и фитнес-центры, йога-центры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Объекты культуры (репетиция)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 100 человек, а также вакцинированные двумя компонентами лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 50 человек, а также вакцинированные двумя компонентами лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00895A7A" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895A7A">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 30 человек, а также вакцинированные двумя компонентами лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Театры, кинотеатры, концертные залы, филармонии*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Межобластные нерегулярные (туристические) перевозки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 75%, но не более 25 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 75%, но не более 15 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Межобластные и внутриобластные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>регулярные перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Городские нерегулярные (туристические) перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 75%, но не более 25 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 75%, но не более 15 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Бильярдные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Компьютерные клубы, включая PlayStation клубы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при заполняемости не более 50%, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>допускаются только лица, достигшие 12 лет и старше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 30%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>опускаются только лица, достигшие 12 лет и старше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Боулинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="007427BD" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Караоке </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 50 %, но не более 60 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 50 %, но не более 50 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более 50 %, но не более 30 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Океанариум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешить групповые экскурсии (не более 15 человек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешить групповые экскурсии (не более 15 человек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешить групповые экскурсии (не более 15 человек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Добровольные участники (киноиндустрия, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организации, офисы и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>другие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>без льгот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>без льгот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>без льгот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лотерейные клубы и иные точки реализации лотереи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 60 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 50 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 30 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские развлекательные центры (крытые) площадью от 500 до 1000 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 70 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 50 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 30 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские развлекательные центры (крытые) площадью от 1000 до 3000 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 120 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 100 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 10-ти кв.м. на одного человека, но не более 60 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Цирки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполняемость не более 30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отели, гостиницы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аэропорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Железнодорожные, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автомобильные и водные вокзалы, речные и морские порты, автостанции, автопереходы, пункты обслуживания пассажиров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЦОН*****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Торгово-развлекательные центры, торговые дома, торговые сети</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рынки (крытые)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3A14">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00DE3A14">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Детские оздоровительные организации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Букмекерские конторы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 60 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 50 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при обеспечении площади не менее 4-х кв.м. на одного человека, но не более 30 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Центры и салоны красоты, парикмахерские, салоны по оказанию услуг маникюра и педикюра, косметических и косметологических услуг (по записи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>по предварительной записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="34"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00DE3A14">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Объекты образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ВУЗы, колледжи, образовательные центры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(для работников (персо</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3A14">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нала), лиц старше 18 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«+» - деятельность разрешена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FC"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» - деятельность разрешена частично (с ограничениями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="007E56A9" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«-» - деятельность запрещена»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* -  условия заполняемости определены в требованиях к объектам, утвержденных постановлением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ГГСВРК от 2 сентября 2021 года № 38</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14" w:rsidRPr="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>** - банкетные залы функционируют для проведения поминок и обслуживания посетителей по типу ресторанов, кафе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*** - «темно-красная» зона – зона критического уровня риска (при показателе заполняемости инфекционных коек свыше 70% и показателе заполняемости коек на 100 тыс. населения свыше 200);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**** - в помещениях жилых зданий и на территориях жилой застройки ограничивается деятельность объектов, сопровождаемая повышенным шумом, с 22 до 9 часов утра, развлекательных заведений – с 22 до 9 часов утра в будние, с 23 до 10 часов утра в выходные и праздничные дни (согласно пунктов 7 и 8 статьи 113 Кодекса Республики Казахстан от 7 июля 2020 года «О здоровье народа и системе здравоохранения»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE3A14" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">***** - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в городах областного и республиканского значения допускается организация дежурных отделений ЦОН с режимом работы с 9.00 до 20.00 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B21810" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B21810" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Главного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B21810" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного санитарного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B21810" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00B21810" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Критерии деятельности социально-экономических объектов, участвующих в проекте «Ashyq»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B866B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B866B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при наличии «зеленого статуса»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afb"/>
+        <w:tblW w:w="9630" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="3112"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1983"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>№п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:firstLine="53"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Объекты/отрасли</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:firstLine="53"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Зеленая зона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Желтая зона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Красная зона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:firstLine="53"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="009F4D04" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>роведение торжественных, памятных, семейных меропри</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>ятий (банкеты, свадьбы, юбилеи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 70 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, не более 50 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00386521">
+            <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:left="4" w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA109E">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конференциялар, форумдар, адамдар көп жиналатын ойын-сауық және өзге де іс-шаралар </w:t>
+              <w:t>Конференции, форумы, зрелищные, и иные мероприятия с массовым скоплением людей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA109E">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00EA109E" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="a8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%, но не более 100 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00EA109E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00EA109E" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00DE3A14">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:pStyle w:val="a8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не более 70 мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...67 lines deleted...]
-            <w:r w:rsidRPr="00EA109E">
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="00EA109E" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...23 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00DE3A14">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости до 50%,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не более 50 мест</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="00D77BF7" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:hanging="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001B54AC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Көрмелер </w:t>
+              </w:rPr>
+              <w:t>Выставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+              <w:t>заполняемость не более 70%,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> но не более </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126009">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посетителей единовременно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:firstLine="36"/>
-[...48 lines deleted...]
-            <w:r w:rsidRPr="001B54AC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...41 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+              <w:t>заполняемость не более 70%,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126009">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>300</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посетителей единовременно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:hanging="32"/>
-[...24 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...28 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при условии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>заполняемость не более 70%,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не более </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126009">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посетителей единовременно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:hanging="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Марафон</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">ашық ауада) </w:t>
+              <w:t>Марафоны (на открытом воздухе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">1000 адамнан асырмай </w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не более 1000 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...23 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не более 800 человек</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:hanging="4"/>
-[...23 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не более 500 человек</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:hanging="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Көрермендер қатысатын спорттық іс-шаралар </w:t>
+              </w:rPr>
+              <w:t>Спортивные мероприятия со зрителями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001B54AC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001B54AC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при заполняемости не более 70% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FC"/>
-[...38 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+              <w:t xml:space="preserve">при заполняемости не более 50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Спорткомплексы, спортивно-оздоровительные центры (тренировки)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidRPr="006B2DBE" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:left="4" w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Діни объектілер (жабық үй-жайларда ұжымдық құдайға құлшылық ету) </w:t>
+              <w:t xml:space="preserve"> Религиозные объекты (проведение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коллективных богослужений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в закрытых помещениях)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
-[...23 lines deleted...]
-              <w:t>-дан асырмай,</w:t>
+            <w:r w:rsidRPr="00DA6272">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при заполняемости не более 20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00B73E36">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:ind w:left="4" w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ойын клубтары (казино)</w:t>
+              <w:t>Игровые клубы (казино)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00126009" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00126009">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B54AC">
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D77BF7" w:rsidRPr="001B54AC" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="00B73E36" w:rsidRPr="00DA6272" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:pStyle w:val="afc"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001B54AC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6272">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>50 адамнан асырмай</w:t>
+              </w:rPr>
+              <w:t>не более 50 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...665 lines deleted...]
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t>-қосымшаға схема</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 6 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Главного </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">» мәртебесін беру өлшемшарттары </w:t>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного санитарного </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врача Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» сентября 2021 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алгоритм присвоения статуса «Лидеры «Ashyq»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Статус «Лидеры «Ashyq» присваивается участникам проекта по Критериям присвоения статуса «Лидеры «Ashyq» согласно схеме к настоящему приложению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Список участников проекта для присвоения статуса «Лидеры «Ashyq» формируется местными исполнительными органами (акиматами). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. МЦРИАП обеспечивает предоставление в МИО сведений (выгрузки) по количеству регистраций посетителей по QR-коду (check-in) на объектах, участвующих в проекте (за 2-х недельный период).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Присвоение участникам проекта статуса «Лидеры «Ashyq» закрепляется по списку решением МВК. Продолжительность действия статуса «Лидеры «Ashyq» -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 недели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Список участников проекта с присвоенным статусом «Лидеры «Ashyq» размещается на сайте акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Участнику проекта, получившему статус «Лидеры «Ashyq», предоставляются следующие льготы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) участники проекта в «красной» зоне работают по условиям «желтой» зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) участники проекта в «желтой» зоне работают по условиям «зеленой» зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) участникам проекта в «зеленой» и «темно-красной» зонах дополнительно продлевается режим работы на 2 часа, а также увеличивается заполняемость объекта на 10%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) при вакцинации первым компонентом не менее 90% работников (персонала), за исключением лиц, имеющих постоянные медицинские противопоказания, переболевших лиц в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Narrow" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последних 3 месяцев, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>увеличивается заполняемость объекта на 20%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Схема к приложению 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Критерии присвоения статуса «Лидеры «Ashyq»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblW w:w="10035" w:type="dxa"/>
+        <w:tblStyle w:val="41"/>
+        <w:tblW w:w="10237" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="674"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="4041"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="1700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
-[...2 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="53"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>Объекты/отрасли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t xml:space="preserve">города </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нур-Султан, Алматы и Шымкент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+              <w:t>областные центры, города областного значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Аудандық орталықтар және басқа да елдімекендер </w:t>
+              </w:rPr>
+              <w:t>районные центры и др. населенные пункты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
-[...2 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Театры, филармонии, концертные залы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кинотеатры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...162 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>2 000 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>1 000 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>2 аптаның ішінде 500 астам  тіркелу</w:t>
+              </w:rPr>
+              <w:t>500 фиксаций за 2 недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
-[...2 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="4113" w:type="dxa"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...320 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Караоке, компьютерные клубы, лотерейные клубы, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">букмекерские конторы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спортивные комплексы (мероприятия), сауны, бани, бассейны, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выставки, туристические перевозки, океанариум, детские развлекательные центры (крытые), цирки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 600</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            <w:vMerge w:val="restart"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 400</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1844" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Объекты общественного питания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>площадью зала до 100 кв.м. включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 300</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            <w:vMerge/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-            <w:tcW w:w="4113" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1844" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Объекты общественного питания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>площадью зала до 500 кв.м. включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 600</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 400</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            <w:vMerge/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-            <w:tcW w:w="4113" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1844" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Объекты общественного питания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>площадью зала свыше 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1200</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 900</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>свыше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 600</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...31 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бильярдные клубы, боулинг клубы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СПА-центры, репетиции, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отели, гостиницы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">фитнес-центры </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t xml:space="preserve"> свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            <w:vMerge w:val="restart"/>
+              </w:rPr>
+              <w:t>1 000 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>500 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t>Торгово-развлекательные центры, торговые дома, рынки с торговой площадью о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т 500 до 2 000 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:textAlignment w:val="center"/>
+              <w:ind w:hanging="32"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 000</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:vAlign w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 800</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:textAlignment w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 500</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:vAlign w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:vAlign w:val="center"/>
+              </w:rPr>
+              <w:t>Торгово-развлекательные центры, торговые дома, рынки с торговой площадью о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т 2 000 и 5 000 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 000</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:textAlignment w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8 000</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 000</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">Торгово-развлекательные центры, торговые дома, рынки с торговой площадью свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 000 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2 аптаның ішінде 10 000 астам тіркелу  </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20 000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
-[...2 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...47 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Непродовольственные торговые сети и непродовольственные магазины </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:vAlign w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с торговой площадью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее 100 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>300</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-            <w:tcW w:w="4113" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+              </w:rPr>
+              <w:t xml:space="preserve">Непродовольственные торговые сети и непродовольственные магазины </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с торговой площадью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 100 до 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>400</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...22 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Непродовольственные торговые сети и непродовольственные магазины </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:vAlign w:val="center"/>
+              </w:rPr>
+              <w:t>с торговой площадью свыше 500 кв.м.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>900</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...21 lines deleted...]
-              <w:textAlignment w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...27 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>400</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1702" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...35 lines deleted...]
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...4 lines deleted...]
-              </w:tabs>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...32 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Центры и салоны красоты, парикмахерские, салоны по оказанию услуг маникюра и педикюра, косметических и косметологических услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>свыше 500 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>свыше 300 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2 аптаның ішінде 200 астам тіркелу  </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>свыше 200 фиксаций за 2 недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77BF7" w:rsidTr="00D77BF7">
-[...2 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Медицинские центры, кабинеты, стоматологии (по записи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>500 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>300 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объекты образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> включая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ВУЗы, колледжи, образовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и коррекционные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> центры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>1 000 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-            <w:tcW w:w="674" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>500 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свыше </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E36" w:rsidTr="00DE3A14">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="4041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Межобластные, внутриобластные нерегулярные (туристические) перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...14 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>свыше 1000 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>свыше 500 фиксаций за 2 недели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">2 аптаның ішінде 200 астам тіркелу  </w:t>
+              </w:rPr>
+              <w:t>свыше 200 фиксаций за 2 недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D77BF7" w:rsidRDefault="00D77BF7" w:rsidP="00D77BF7">
-[...30 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F17FCF" w:rsidRPr="00403707" w:rsidRDefault="00F17FCF" w:rsidP="00D77BF7">
-      <w:pPr>
+    <w:p w:rsidR="00B73E36" w:rsidRPr="00ED0AB2" w:rsidRDefault="00B73E36" w:rsidP="00B73E36">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание. Для объектов, работающих в «темно-красной» зоне количество фиксаций устанавливается из расчета «минус 20%».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D86BC1" w:rsidRDefault="00D86BC1" w:rsidP="00D86BC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00356DEA" w:rsidRDefault="00FE1072">
+    <w:p w:rsidR="00356DEA" w:rsidRDefault="00691FA5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Согласовано</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>24.09.2021 18:37 Рахимжанова Марал Тлеулесовна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>24.09.2021 18:37 Тилесова Айгуль Шарапатовна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>24.09.2021 18:40 Садвакасов Нуркан Олжабаевич</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>24.09.2021 18:41 Есмагамбетова Айжан Серикбаевна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Подписано</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC5D1C" w:rsidRDefault="008D2AE9">
+    <w:p w:rsidR="00F90B51" w:rsidRDefault="00E46866">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>24.09.2021 18:44 Киясов Ерлан Ансаганович</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BC5D1C" w:rsidSect="00403707">
+    <w:sectPr w:rsidR="00F90B51" w:rsidSect="00D86BC1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="993" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00FE1072" w:rsidRDefault="00FE1072" w:rsidP="00E66367">
+    <w:p w:rsidR="00691FA5" w:rsidRDefault="00691FA5" w:rsidP="00442C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00FE1072" w:rsidRDefault="00FE1072" w:rsidP="00E66367">
+    <w:p w:rsidR="00691FA5" w:rsidRDefault="00691FA5" w:rsidP="00442C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:horzAnchor="page" w:tblpXSpec="right" w:tblpYSpec="bottom"/>
       <w:tblW w:w="281" w:type="pct"/>
       <w:tblLook w:val="04A0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="561"/>
     </w:tblGrid>
     <w:tr w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidTr="00AC16FB">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="13608"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="538" w:type="dxa"/>
           <w:textDirection w:val="btLr"/>
         </w:tcPr>
-        <w:p w:rsidR="00452F81" w:rsidRPr="00AC16FB" w:rsidRDefault="008D2AE9" w:rsidP="00AC16FB">
+        <w:p w:rsidR="00452F81" w:rsidRPr="00AC16FB" w:rsidRDefault="00E46866" w:rsidP="00AC16FB">
           <w:pPr>
-            <w:pStyle w:val="a3"/>
             <w:ind w:left="113" w:right="113"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AC16FB">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Дата: 24.09.2021 18:46. Копия электронного документа. Версия СЭД: Documentolog 7.4.20. Положительный результат проверки ЭЦП</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidTr="00AC16FB">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="538" w:type="dxa"/>
           <w:textDirection w:val="btLr"/>
         </w:tcPr>
-        <w:p w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidRDefault="00FE1072" w:rsidP="00AC16FB">
+        <w:p w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidRDefault="00691FA5" w:rsidP="00AC16FB">
           <w:pPr>
-            <w:pStyle w:val="a3"/>
             <w:ind w:left="113" w:right="113"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:horzAnchor="page" w:tblpXSpec="right" w:tblpYSpec="bottom"/>
       <w:tblW w:w="281" w:type="pct"/>
       <w:tblLook w:val="04A0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="561"/>
     </w:tblGrid>
     <w:tr w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidTr="00AC16FB">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="13608"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="538" w:type="dxa"/>
           <w:textDirection w:val="btLr"/>
         </w:tcPr>
-        <w:p w:rsidR="00452F81" w:rsidRPr="00AC16FB" w:rsidRDefault="008D2AE9" w:rsidP="00AC16FB">
+        <w:p w:rsidR="00452F81" w:rsidRPr="00AC16FB" w:rsidRDefault="00E46866" w:rsidP="00AC16FB">
           <w:pPr>
-            <w:pStyle w:val="a3"/>
             <w:ind w:left="113" w:right="113"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AC16FB">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Дата: 24.09.2021 18:46. Копия электронного документа. Версия СЭД: Documentolog 7.4.20. Положительный результат проверки ЭЦП</w:t>
           </w:r>
           <w:bookmarkStart w:id="0" w:name="_GoBack"/>
           <w:bookmarkEnd w:id="0"/>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidTr="00AC16FB">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="538" w:type="dxa"/>
           <w:textDirection w:val="btLr"/>
         </w:tcPr>
-        <w:p w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidRDefault="00FE1072" w:rsidP="00AC16FB">
+        <w:p w:rsidR="00AC16FB" w:rsidRPr="00AC16FB" w:rsidRDefault="00691FA5" w:rsidP="00AC16FB">
           <w:pPr>
-            <w:pStyle w:val="a3"/>
             <w:ind w:left="113" w:right="113"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00FE1072" w:rsidRDefault="00FE1072" w:rsidP="00E66367">
+    <w:p w:rsidR="00691FA5" w:rsidRDefault="00691FA5" w:rsidP="00442C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00FE1072" w:rsidRDefault="00FE1072" w:rsidP="00E66367">
+    <w:p w:rsidR="00691FA5" w:rsidRDefault="00691FA5" w:rsidP="00442C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1040579101"/>
+      <w:id w:val="-804084025"/>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00D77BF7" w:rsidRPr="002C560B" w:rsidRDefault="00161AC7">
+      <w:p w:rsidR="00B73E36" w:rsidRPr="00BB206B" w:rsidRDefault="00225416">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="002C560B">
+        <w:r w:rsidRPr="00BB206B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00D77BF7" w:rsidRPr="002C560B">
+        <w:r w:rsidR="00B73E36" w:rsidRPr="00BB206B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002C560B">
+        <w:r w:rsidRPr="00BB206B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006E25B7">
+        <w:r w:rsidR="00F20882">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="28"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="002C560B">
+        <w:r w:rsidRPr="00BB206B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00D77BF7" w:rsidRPr="002C560B" w:rsidRDefault="00D77BF7">
+  <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36">
     <w:pPr>
       <w:pStyle w:val="a9"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003D52A9" w:rsidRDefault="00161AC7">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w:rsidR="003D52A9" w:rsidRDefault="00225416">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject12974047" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:627.35pt;height:32.15pt;rotation:315;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject12974047" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:627.35pt;height:32.15pt;rotation:315;z-index:-251659264;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+          <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="Комитет санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан - Темірхан А. С."/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1072503751"/>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00B73E36" w:rsidRDefault="00225416">
+        <w:pPr>
+          <w:pStyle w:val="a9"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00B73E36" w:rsidRDefault="00B73E36">
+    <w:pPr>
+      <w:pStyle w:val="a9"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="003D52A9" w:rsidRDefault="00225416">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:627.35pt;height:32.15pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="Комитет санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан - Темірхан А. С."/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6B44A2DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="058F5DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8954D9B6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="501" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="08BD5E24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A20D752"/>
     <w:lvl w:ilvl="0" w:tplc="EE32A9C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -23191,229 +23991,523 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="096B7390"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BA6D55A"/>
+    <w:lvl w:ilvl="0" w:tplc="D0AE33C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="098866CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F01C2378"/>
     <w:lvl w:ilvl="0" w:tplc="93F0E1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="16612BAD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9C5E6548"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="16697A03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F805C00"/>
+    <w:lvl w:ilvl="0" w:tplc="9B78BB70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1A0D23AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31D07570"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="19"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="1E6F3382"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8560223C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -23490,51 +24584,140 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="1F6F2A9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F229EC4"/>
+    <w:lvl w:ilvl="0" w:tplc="5F687D08">
+      <w:start w:val="31"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="23C041E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F74A7E4"/>
     <w:lvl w:ilvl="0" w:tplc="7EEA6FC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
@@ -23581,616 +24764,58 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="27D54BE5"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="36D25700"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3312C53E"/>
-[...90 lines deleted...]
-      <w:start w:val="12"/>
+    <w:tmpl w:val="597A029A"/>
+    <w:lvl w:ilvl="0" w:tplc="CC708B3E">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
-[...467 lines deleted...]
-      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -24228,225 +24853,337 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="53593FD8"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="3A301349"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A78AD0A"/>
-[...1 lines deleted...]
-      <w:start w:val="4"/>
+    <w:tmpl w:val="BDF29B0C"/>
+    <w:lvl w:ilvl="0" w:tplc="0CF2EB4E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="5BB90A1A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52920844"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2510" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3230" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3950" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4670" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5390" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6110" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6830" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="677429F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="185E5416"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:color w:val="222222"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
-[...88 lines deleted...]
-        <w:ind w:left="6688" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="683F119B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82A2297C"/>
     <w:lvl w:ilvl="0" w:tplc="21D8A918">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24496,808 +25233,923 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="687E7679"/>
-[...177 lines deleted...]
-  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="6E447EEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7562BC78"/>
+    <w:tmpl w:val="360250D8"/>
     <w:lvl w:ilvl="0" w:tplc="CD860DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="707F0147"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6DC5CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="357E8238">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2651" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4811" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="422E612A">
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="78646D18"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8560223C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
-[...17 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
-[...2 lines deleted...]
-  <w:num w:numId="13">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="2"/>
-[...88 lines deleted...]
-  <w:num w:numId="23">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24">
-[...28 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006A263B"/>
-[...68 lines deleted...]
-    <w:rsid w:val="00FE1072"/>
+    <w:rsidRoot w:val="00233149"/>
+    <w:rsid w:val="00011FB0"/>
+    <w:rsid w:val="00020E02"/>
+    <w:rsid w:val="00033822"/>
+    <w:rsid w:val="000439FD"/>
+    <w:rsid w:val="00046B00"/>
+    <w:rsid w:val="00046F5F"/>
+    <w:rsid w:val="00047976"/>
+    <w:rsid w:val="000964D2"/>
+    <w:rsid w:val="000F1665"/>
+    <w:rsid w:val="000F1AE2"/>
+    <w:rsid w:val="00102323"/>
+    <w:rsid w:val="001505F3"/>
+    <w:rsid w:val="00185987"/>
+    <w:rsid w:val="001C773A"/>
+    <w:rsid w:val="001D2485"/>
+    <w:rsid w:val="001E7021"/>
+    <w:rsid w:val="001F16DB"/>
+    <w:rsid w:val="00203426"/>
+    <w:rsid w:val="00225416"/>
+    <w:rsid w:val="00233149"/>
+    <w:rsid w:val="00243A25"/>
+    <w:rsid w:val="00257E84"/>
+    <w:rsid w:val="00263463"/>
+    <w:rsid w:val="00293BCB"/>
+    <w:rsid w:val="002C6C24"/>
+    <w:rsid w:val="002D6902"/>
+    <w:rsid w:val="002F170C"/>
+    <w:rsid w:val="0030167C"/>
+    <w:rsid w:val="00312F0D"/>
+    <w:rsid w:val="003360BD"/>
+    <w:rsid w:val="003540E4"/>
+    <w:rsid w:val="00356F84"/>
+    <w:rsid w:val="003713F2"/>
+    <w:rsid w:val="0037257B"/>
+    <w:rsid w:val="0038248E"/>
+    <w:rsid w:val="00385EE2"/>
+    <w:rsid w:val="003928E1"/>
+    <w:rsid w:val="003975B8"/>
+    <w:rsid w:val="00397E79"/>
+    <w:rsid w:val="003C6007"/>
+    <w:rsid w:val="003F5421"/>
+    <w:rsid w:val="004131B5"/>
+    <w:rsid w:val="00435AB0"/>
+    <w:rsid w:val="00442C86"/>
+    <w:rsid w:val="00470018"/>
+    <w:rsid w:val="004905BB"/>
+    <w:rsid w:val="004E2AED"/>
+    <w:rsid w:val="00501086"/>
+    <w:rsid w:val="0050486A"/>
+    <w:rsid w:val="00536F58"/>
+    <w:rsid w:val="0055655F"/>
+    <w:rsid w:val="00586303"/>
+    <w:rsid w:val="00591F1D"/>
+    <w:rsid w:val="005A319F"/>
+    <w:rsid w:val="005B4713"/>
+    <w:rsid w:val="005E1F12"/>
+    <w:rsid w:val="00620CC8"/>
+    <w:rsid w:val="00631A8F"/>
+    <w:rsid w:val="006519AD"/>
+    <w:rsid w:val="0067069B"/>
+    <w:rsid w:val="00691FA5"/>
+    <w:rsid w:val="006F183B"/>
+    <w:rsid w:val="006F35E3"/>
+    <w:rsid w:val="00711BC6"/>
+    <w:rsid w:val="0072644E"/>
+    <w:rsid w:val="007274B0"/>
+    <w:rsid w:val="00731408"/>
+    <w:rsid w:val="0073471D"/>
+    <w:rsid w:val="00772256"/>
+    <w:rsid w:val="007A4723"/>
+    <w:rsid w:val="007C1412"/>
+    <w:rsid w:val="007C5031"/>
+    <w:rsid w:val="00825FD5"/>
+    <w:rsid w:val="00837527"/>
+    <w:rsid w:val="0087711A"/>
+    <w:rsid w:val="008903A8"/>
+    <w:rsid w:val="00891574"/>
+    <w:rsid w:val="008A3BEB"/>
+    <w:rsid w:val="008E76BD"/>
+    <w:rsid w:val="008F2594"/>
+    <w:rsid w:val="00900C9B"/>
+    <w:rsid w:val="00926C03"/>
+    <w:rsid w:val="00984B73"/>
+    <w:rsid w:val="00987C3C"/>
+    <w:rsid w:val="009A2DB7"/>
+    <w:rsid w:val="009A5D18"/>
+    <w:rsid w:val="009B57FE"/>
+    <w:rsid w:val="009C7A32"/>
+    <w:rsid w:val="00A0198D"/>
+    <w:rsid w:val="00A11B7B"/>
+    <w:rsid w:val="00A217BC"/>
+    <w:rsid w:val="00A70EE3"/>
+    <w:rsid w:val="00AA5E91"/>
+    <w:rsid w:val="00AC4768"/>
+    <w:rsid w:val="00B014A8"/>
+    <w:rsid w:val="00B05914"/>
+    <w:rsid w:val="00B270EE"/>
+    <w:rsid w:val="00B563AB"/>
+    <w:rsid w:val="00B5742F"/>
+    <w:rsid w:val="00B7110F"/>
+    <w:rsid w:val="00B736E3"/>
+    <w:rsid w:val="00B73E36"/>
+    <w:rsid w:val="00BB206B"/>
+    <w:rsid w:val="00BB5BB7"/>
+    <w:rsid w:val="00BE2DBC"/>
+    <w:rsid w:val="00BF7C46"/>
+    <w:rsid w:val="00C20A98"/>
+    <w:rsid w:val="00C53176"/>
+    <w:rsid w:val="00CC640C"/>
+    <w:rsid w:val="00CF0CFF"/>
+    <w:rsid w:val="00D73B1D"/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rsid w:val="00D9196D"/>
+    <w:rsid w:val="00DB029D"/>
+    <w:rsid w:val="00DD0FC9"/>
+    <w:rsid w:val="00DE3A14"/>
+    <w:rsid w:val="00DF6739"/>
+    <w:rsid w:val="00E2163D"/>
+    <w:rsid w:val="00E23442"/>
+    <w:rsid w:val="00E250AB"/>
+    <w:rsid w:val="00E46866"/>
+    <w:rsid w:val="00EA0617"/>
+    <w:rsid w:val="00EF4C9B"/>
+    <w:rsid w:val="00F20882"/>
+    <w:rsid w:val="00F663EF"/>
+    <w:rsid w:val="00F81E66"/>
+    <w:rsid w:val="00F90B51"/>
+    <w:rsid w:val="00F95634"/>
+    <w:rsid w:val="00FA1438"/>
+    <w:rsid w:val="00FF3774"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:uiPriority="0"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="List" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0"/>
+    <w:lsdException w:name="List 2" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet 2" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -25371,348 +26223,1401 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="60" w:line="320" w:lineRule="exact"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:spacing w:val="-5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="540"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a0"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:spacing w:val="-5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="маркированный,Абзац списка1,без абзаца,ПАРАГРАФ,Bullets,List Paragraph (numbered (a)),NUMBERED PARAGRAPH,List Paragraph 1,List_Paragraph,Multilevel para_II,Akapit z listą BS,IBL List Paragraph,List Paragraph nowy,Numbered List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Абзац списка Знак"/>
     <w:aliases w:val="маркированный Знак,Абзац списка1 Знак,без абзаца Знак,ПАРАГРАФ Знак,Bullets Знак,List Paragraph (numbered (a)) Знак,NUMBERED PARAGRAPH Знак,List Paragraph 1 Знак,List_Paragraph Знак,Multilevel para_II Знак,Akapit z listą BS Знак"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00D73B1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00442C86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00442C86"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00442C86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00442C86"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D9196D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00D9196D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="-1134" w:right="-1134" w:firstLine="720"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="21"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="1134"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="af5"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1080"/>
+      </w:tabs>
+      <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="1080" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+      <w:spacing w:val="-5"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283" w:hanging="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="24">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="af6"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="-5"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="48"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="af6"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="32"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="25">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="26"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="25"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="34">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="35"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="34"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Приветствие Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af7"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af9">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1830"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="заголовок 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afa">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00FF3774"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="afb">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0021272A"/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак3,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0021272A"/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-[...2 lines deleted...]
-    <w:link w:val="aa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00FF3774"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="afd">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E66367"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...2 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff">
+    <w:name w:val="Текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="afe"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="Текст таблицы"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E66367"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff1">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="71">
+    <w:name w:val="Заголовок 7 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="81">
+    <w:name w:val="Заголовок 8 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="91">
+    <w:name w:val="Заголовок 9 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Текст выноски Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Верхний колонтитул Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...19 lines deleted...]
-    <w:rsid w:val="00E66367"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Нижний колонтитул Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
-[...4 lines deleted...]
-    <w:rsid w:val="00403707"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Название Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основной текст 2 Знак1"/>
+    <w:basedOn w:val="a1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00403707"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Сетка таблицы1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Подзаголовок Знак1"/>
     <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Основной текст с отступом Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Основной текст 3 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="211">
+    <w:name w:val="Основной текст с отступом 2 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="311">
+    <w:name w:val="Основной текст с отступом 3 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Приветствие Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="19">
+    <w:name w:val="Текст Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00403707"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:uiPriority="0"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="List" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0"/>
+    <w:lsdException w:name="List 2" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet 2" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -25786,315 +27691,1367 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="60" w:line="320" w:lineRule="exact"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:spacing w:val="-5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="540"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a0"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:spacing w:val="-5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="маркированный,Абзац списка1,без абзаца,ПАРАГРАФ,Bullets,List Paragraph (numbered (a)),NUMBERED PARAGRAPH,List Paragraph 1,List_Paragraph,Multilevel para_II,Akapit z listą BS,IBL List Paragraph,List Paragraph nowy,Numbered List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Абзац списка Знак"/>
     <w:aliases w:val="маркированный Знак,Абзац списка1 Знак,без абзаца Знак,ПАРАГРАФ Знак,Bullets Знак,List Paragraph (numbered (a)) Знак,NUMBERED PARAGRAPH Знак,List Paragraph 1 Знак,List_Paragraph Знак,Multilevel para_II Знак,Akapit z listą BS Знак"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006A263B"/>
+    <w:rsid w:val="00233149"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00D73B1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00442C86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00442C86"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00442C86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00442C86"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D9196D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00D9196D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="-1134" w:right="-1134" w:firstLine="720"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="21"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="1134"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="af5"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1080"/>
+      </w:tabs>
+      <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="1080" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+      <w:spacing w:val="-5"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283" w:hanging="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="24">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="af6"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="-5"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ro-RO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="48"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="af6"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:ind w:left="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-5"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="32"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="25">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="26"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="25"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="34">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="35"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="34"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Приветствие Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="af7"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af9">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1830"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="заголовок 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ro-RO" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afa">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00FF3774"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="afb">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0021272A"/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак3,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0021272A"/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-[...2 lines deleted...]
-    <w:link w:val="aa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00FF3774"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="afd">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E66367"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...2 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff">
+    <w:name w:val="Текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="afe"/>
+    <w:rsid w:val="00FF3774"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="Текст таблицы"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E66367"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3774"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff1">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="71">
+    <w:name w:val="Заголовок 7 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="81">
+    <w:name w:val="Заголовок 8 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="91">
+    <w:name w:val="Заголовок 9 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Текст выноски Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Верхний колонтитул Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...19 lines deleted...]
-    <w:rsid w:val="00E66367"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Нижний колонтитул Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
-[...4 lines deleted...]
-    <w:rsid w:val="00403707"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Название Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основной текст 2 Знак1"/>
+    <w:basedOn w:val="a1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00403707"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Сетка таблицы1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Подзаголовок Знак1"/>
     <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Основной текст с отступом Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Основной текст 3 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="211">
+    <w:name w:val="Основной текст с отступом 2 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="311">
+    <w:name w:val="Основной текст с отступом 3 Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Приветствие Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="19">
+    <w:name w:val="Текст Знак1"/>
+    <w:basedOn w:val="a1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D86BC1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00403707"/>
+    <w:rsid w:val="00D86BC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1168980074">
+    <w:div w:id="211969573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="771391095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -26342,67 +29299,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>33139</Characters>
+  <Pages>20</Pages>
+  <Words>5662</Words>
+  <Characters>32280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>276</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>269</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38875</CharactersWithSpaces>
+  <CharactersWithSpaces>37867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Алина Темірхан</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>