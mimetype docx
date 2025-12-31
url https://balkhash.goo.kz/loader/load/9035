--- v0 (2025-12-07)
+++ v1 (2025-12-31)
@@ -1,9679 +1,5595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00163D77">
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>УКАЗ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00163D77">
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ПРЕЗИДЕНТІНІҢ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>ПРЕЗИДЕНТА РЕСПУБЛИКИ КАЗАХСТАН</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00163D77">
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00163D77">
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖАРЛЫҒ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00163D77">
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015-2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(с </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00163D77">
+        <w:t>(27.05.2020</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> по состоянию на 27.05.2020 г.)</w:t>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646461" \o "\«Қазақстан Республикасының 2015-2025 жылдарға арналған сыбайлас жемқорлыққа қарсы стратегиясы туралы\» Қазақстан Республикасы Президентінің 2014 жылғы 26 желтоқсандағы № 986 Жарлығы (2020.27.05. берілген өзгерістер мен толықтырулармен)" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтырулармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...108 lines deleted...]
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
-[...19 lines deleted...]
-        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646462" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсіндірмені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қараңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
-[...7 lines deleted...]
-        <w:t>1. Утвердить прилагаемую Антикоррупционную стратегию Республики Казахстан на 2015-2025 годы (далее - Стратегия).</w:t>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
-[...136 lines deleted...]
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
-[...52 lines deleted...]
-        <w:t>.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саясатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕМІН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">3. </w:t>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00163D77">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00163D77">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> исполнением настоящего Указа возложить на Администрацию Президента Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015-2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646016" \l "sub_id=100" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — Стратегия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
-[...7 lines deleted...]
-        <w:t>4. Настоящий Указ вводится в действие со дня подписания.</w:t>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президентінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018.04.08. № 723 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=35659754" \l "sub_id=700" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36105240" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұр.ред.қара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="397"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Қазақстан Республикасының Үкіметі, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдар, облыстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стратегияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId5" w:tooltip="список документов" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">оны </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>іске</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>асыру</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жөнінде</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="426"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163D77">
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президентінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әкімшілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үктелсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4785"/>
         <w:gridCol w:w="4786"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidTr="00163D77">
+      <w:tr w:rsidR="00684370" w:rsidRPr="00684370" w:rsidTr="00684370">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
-[...26 lines deleted...]
-          <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+          <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163D77">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00684370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00684370">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00684370">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="400"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00684370">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Президенті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+          <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163D77">
+            <w:r w:rsidRPr="00684370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+          <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163D77">
+            <w:r w:rsidRPr="00684370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
-[...632 lines deleted...]
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:anchor="sub_id=100" w:history="1">
-[...11 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақорда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2014 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желтоқсанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-ы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президентінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желтоқсандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 986 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646016" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2015-2025 ЖЫЛДАРҒА АРНАЛҒАН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>СЫБАЙЛАС ЖЕМҚОРЛЫҚҚА ҚАРСЫ СТРАТЕГИЯСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана, 2014 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президентінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020.27.05. № 341 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31915896" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгертілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38653067" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұр.ред.қара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:anchor="sub_id=200" w:tooltip="Указ Президента Республики Казахстан от 26 декабря 2014 года № 986 «Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы» (с изменениями и дополнениями по состоянию на 27.05.2020 г.)" w:history="1">
-[...11 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:bookmarkStart w:id="1" w:name="ContentStart"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:anchor="sub_id=201" w:tooltip="Указ Президента Республики Казахстан от 26 декабря 2014 года № 986 «Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы» (с изменениями и дополнениями по состоянию на 27.05.2020 г.)" w:history="1">
-[...11 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646016" \l "sub_id=101" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іспе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00684370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:anchor="sub_id=202" w:tooltip="Указ Президента Республики Казахстан от 26 декабря 2014 года № 986 «Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы» (с изменениями и дополнениями по состоянию на 27.05.2020 г.)" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="sub_id=200" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">2. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Ағымдағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ахуалды</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>талдау</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:anchor="sub_id=203" w:tooltip="Указ Президента Республики Казахстан от 26 декабря 2014 года № 986 «Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы» (с изменениями и дополнениями по состоянию на 27.05.2020 г.)" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="sub_id=201" w:tooltip="«Қазақстан Республикасының 2015-2025 жылдарға арналған сыбайлас жемқорлыққа қарсы стратегиясы туралы» Қазақстан Республикасы Президентінің 2014 жылғы 26 желтоқсандағы № 986 Жарлығы (2020.27.05. берілген өзгерістер мен толықтырулармен)" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">2.1. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Сыбайлас</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жемқорлыққа</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қарсы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>і</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>с-</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қимыл</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>саласындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оң</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>үрдістер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:anchor="sub_id=300" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="sub_id=202" w:tooltip="«Қазақстан Республикасының 2015-2025 жылдарға арналған сыбайлас жемқорлыққа қарсы стратегиясы туралы» Қазақстан Республикасы Президентінің 2014 жылғы 26 желтоқсандағы № 986 Жарлығы (2020.27.05. берілген өзгерістер мен толықтырулармен)" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">2.2. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Шешімін</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>талап</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ететін</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>проблемалар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:anchor="sub_id=301" w:tooltip="Указ Президента Республики Казахстан от 26 декабря 2014 года № 986 «Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы» (с изменениями и дополнениями по состоянию на 27.05.2020 г.)" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="sub_id=203" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">2.3. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Сыбайлас</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жемқорлық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кө</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>іністеріне</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ықпал</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ететін</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>негізгі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>факторлар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:anchor="sub_id=302" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="sub_id=300" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">3. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Мақсат</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>және</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>м</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>індеттер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:anchor="sub_id=400" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="sub_id=301" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">3.1. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Мақсат</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>және</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нысаналы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>индикаторлар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:anchor="sub_id=401" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="sub_id=302" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">3.2. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Міндеттер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:anchor="sub_id=402" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="sub_id=400" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">4. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Түйінді</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ба</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ғыттар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>негізгі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>тәсілдер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>және</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>басым</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>шаралар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:anchor="sub_id=403" w:history="1">
-[...9 lines deleted...]
-          <w:t xml:space="preserve">4.3. Противодействие коррупции в </w:t>
+      <w:hyperlink r:id="rId14" w:anchor="sub_id=401" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">4.1. </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00163D77">
-[...8 lines deleted...]
-          <w:t>квазигосударственном</w:t>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Мемлекеттік</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00163D77">
-[...9 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қызмет</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>саласындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сыбайлас</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жемқорлыққа</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қарсы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>і</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>с-</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қимыл</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
+    <w:p w:rsidR="00684370" w:rsidRPr="00684370" w:rsidRDefault="00684370" w:rsidP="00684370">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="400"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:anchor="sub_id=404" w:history="1">
-[...10 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="sub_id=402" w:history="1">
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">4.2. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Қоғамдық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ба</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қылау</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>институтын</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00684370">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000080"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>енгізу</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00163D77" w:rsidRPr="00163D77" w:rsidRDefault="00163D77" w:rsidP="00163D77">
-[...7754 lines deleted...]
-    <w:p w:rsidR="00F84950" w:rsidRDefault="00731D65"/>
+    <w:p w:rsidR="00F84950" w:rsidRDefault="00684370"/>
     <w:sectPr w:rsidR="00F84950">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="66"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00163D77"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsidRoot w:val="00684370"/>
+    <w:rsid w:val="00684370"/>
     <w:rsid w:val="006C5EF0"/>
-    <w:rsid w:val="00731D65"/>
     <w:rsid w:val="00801ED7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9845,158 +5761,86 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pc">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s3">
     <w:name w:val="s3"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s9">
     <w:name w:val="s9"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pji">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
-[...29 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s2">
     <w:name w:val="s2"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -10144,186 +5988,114 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pc">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s3">
     <w:name w:val="s3"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s9">
     <w:name w:val="s9"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pji">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
-[...29 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00684370"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s2">
     <w:name w:val="s2"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00163D77"/>
+    <w:rsid w:val="00684370"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1759325186">
+    <w:div w:id="1755054885">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30463139" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31538279" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30791337" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30040863" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36062695" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36786682" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30009987" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31495101" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645327" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=33478302" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1013958" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31575252" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645325" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1009795" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31404214" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645327" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31548200" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?link_id=1008320163" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31645304" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31376056" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34586753" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36003772" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35431862" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?link_id=1005603546" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31646016" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10571,66 +6343,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>39302</Characters>
+  <Pages>2</Pages>
+  <Words>628</Words>
+  <Characters>3583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>327</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46105</CharactersWithSpaces>
+  <CharactersWithSpaces>4203</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Тогжан</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>