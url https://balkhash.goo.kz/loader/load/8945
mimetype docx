--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,497 +1,672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000F1FA1" w:rsidRPr="000F1FA1" w:rsidRDefault="000F1FA1" w:rsidP="000F1FA1">
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="009E3025" w:rsidP="009E3025">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="15026"/>
         </w:tabs>
         <w:ind w:right="-993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1FA1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F1FA1">
+      <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">Приложение к приказу </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000F1FA1" w:rsidRDefault="000F1FA1" w:rsidP="00901509">
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00320F94">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="15026"/>
         </w:tabs>
         <w:ind w:right="-993"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1FA1">
+      <w:r w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Балқаш қаласы білім бөлімінің    </w:t>
+        <w:t xml:space="preserve">                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00747DE0" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00747DE0" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="000F1FA1" w:rsidP="00901509">
+    <w:p w:rsidR="00320F94" w:rsidRPr="006B2460" w:rsidRDefault="00320F94" w:rsidP="00320F94">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="15026"/>
         </w:tabs>
         <w:ind w:right="-993"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F1FA1">
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00901509">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15026"/>
+        </w:tabs>
+        <w:ind w:right="-993"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2020 жылдың 15 желтоқсандағы                                                                                                                   № 302 бұйрығына қосымша  </w:t>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00747DE0" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:r w:rsidR="00747DE0" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00901509" w:rsidP="00901509">
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00901509">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15026"/>
+        </w:tabs>
+        <w:ind w:right="-993"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                   №</w:t>
+      </w:r>
+      <w:r w:rsidR="00747DE0" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>302</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00901509" w:rsidRDefault="00901509" w:rsidP="00901509">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B2460" w:rsidRPr="00D04ED5" w:rsidRDefault="000E4E13" w:rsidP="002315BF">
+    <w:p w:rsidR="006B2460" w:rsidRDefault="000E4E13" w:rsidP="002315BF">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D04ED5">
+      <w:r w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002315BF" w:rsidRPr="00D04ED5" w:rsidRDefault="002315BF" w:rsidP="000E4E13">
+    <w:p w:rsidR="002315BF" w:rsidRDefault="002315BF" w:rsidP="000E4E13">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:left="3540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="000E4E13">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:ind w:left="1701"/>
+        <w:ind w:left="3540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="000E4E13">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1416"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2015-2025 жылдарға арналған көлеңкелі экономикаға қарсы стратегиялық жоспарын жүзеге асыру аясындағы</w:t>
+        <w:t xml:space="preserve">Отдела образования города Балхаш управления образования  </w:t>
       </w:r>
-      <w:r w:rsidR="000E4E13" w:rsidRPr="00D04ED5">
+      <w:r w:rsidR="000E4E13" w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006B2460">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды облысы Балқаш қаласы білім бөлімінің 2021-2023 жылдарға арналған </w:t>
+        <w:t>Карагандинской области на 2021-2023 годы по реализации  стратегии Республики Казахстан на 2015-2025 годы и противодействию теневой экономике</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
-[...23 lines deleted...]
-    <w:p w:rsidR="000E4E13" w:rsidRPr="00D04ED5" w:rsidRDefault="000E4E13" w:rsidP="000E4E13">
+    <w:p w:rsidR="000E4E13" w:rsidRDefault="000E4E13" w:rsidP="000E4E13">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D09B7" w:rsidRPr="00D04ED5" w:rsidRDefault="000D09B7" w:rsidP="000E4E13">
+    <w:p w:rsidR="000D09B7" w:rsidRDefault="000D09B7" w:rsidP="000E4E13">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E4E13" w:rsidRPr="00D04ED5" w:rsidRDefault="000E4E13" w:rsidP="000E4E13">
+    <w:p w:rsidR="000E4E13" w:rsidRPr="00CF7F0E" w:rsidRDefault="000E4E13" w:rsidP="000E4E13">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="83"/>
         <w:gridCol w:w="4594"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>п/п</w:t>
-            </w:r>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ответствен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00E3130C">
+              </w:rPr>
+              <w:t>ные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00E3130C">
+              </w:rPr>
+              <w:t>за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-              <w:t>мерзімі</w:t>
+              </w:rPr>
+              <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
@@ -591,2263 +766,2480 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="00E3130C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1080"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ұйымдастыру іс-шаралары</w:t>
+              </w:rPr>
+              <w:t>Организационные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1075"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Білім бөлімінің жиналыстарында және отырыстарында сыбайлас жемқорлық туралы сұрақтарды қарастыру </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение вопроса противодействия коррупции на коллегиях, совещаниях </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">хаттама </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Протокол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежегодно, не реже 4-х раз в год </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04ED5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04ED5" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04ED5" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организация в учебных заведениях брифингов, круглых столов, занятий по направленности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымдарында аталған тақырыпқа байланысты дөңгелек үстел, брифингтер өткізуді ұйымдастыру</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2021-20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t>жж.</w:t>
+              <w:t xml:space="preserve"> годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00D04ED5" w:rsidP="00D04ED5">
-[...15 lines deleted...]
-              <w:t>Білім беру ұйымдарында мемлекеттік сатып алу бойынша сыбайластыққа монитоинг жүргізу және анықтау</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Проведение мониторинга и выявление коррупционных рисков в подведомственных организациях по вопросам государственных закупок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>ақпарат</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...34 lines deleted...]
-              <w:t>Бубнова О.И.</w:t>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бубнова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.И.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00D04ED5" w:rsidRDefault="00D04ED5" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тоқсан сайын</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ежеквартально</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00E3141F" w:rsidP="00E3141F">
-[...16 lines deleted...]
-              <w:t>Сыбайлас жемқорлыққа қарсы бағдарламаны жүзеге асыруды мектептердегі азаматтық – патриоттық және рухани тәрбие беру барысында қалыптастыру</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Реализация Программы формирования </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуры в школьной среде в контексте духовно-нравственного и гражданско-патриотического воспитания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00E3141F" w:rsidP="00E3141F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">сыбайлас жемқорлыққа қарсы тәрбие беруге әдістемелік қолдау </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методическое обеспечение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикорруп-ционного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00E3141F" w:rsidP="006B2460">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Садвокасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.К.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мирошниченко Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00E3141F" w:rsidRDefault="00E3141F" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>жыл сайын</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ежегодно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0046015D" w:rsidP="0046015D">
-[...17 lines deleted...]
-              <w:t>Сыбайлас жемқорлыққа қарсы тәрбиені қалыптастыру аясында жасөспірімдердің сахналық қойылымдарын ұйымдастыру</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация детских театральных постановок, направленных на формирование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>сахналық қойылымдар</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Театральные постановки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>білім бөлімі</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>жылына 2 рет</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2 раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="587"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Проведение среди учащихся, студентов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> колледжей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  конкурса на лучшие видеоролики, направленные на формирование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>культуры</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>байқаулар</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...34 lines deleted...]
-              <w:t>Садвокасова О.К.</w:t>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Мирошниченко Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>жыл сайын қараша айында</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ежегодно в ноябре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0046015D" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRPr="006B2460" w:rsidRDefault="0046015D" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRPr="006B2460" w:rsidRDefault="0046015D" w:rsidP="0046015D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Проведение среди учащихся, студентов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Колледж студенттері, мектеп оқушылары арасында адалдықты, әділдікті, шындықты жария ететін ең үздік суреттер байқауын, басқа да жұмыстарды ұйымдастыру</w:t>
+              <w:t xml:space="preserve"> колледжей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  конкурса на лучшие рисунки, инсталляции и другие работы, отражающие принципы честности, справедливости, добросовестности и неподкупности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="00B31D9F">
-[...18 lines deleted...]
-              <w:t>байқаулар</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...28 lines deleted...]
-          <w:p w:rsidR="0046015D" w:rsidRPr="006B2460" w:rsidRDefault="0046015D" w:rsidP="006B2460">
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мирошниченко Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0046015D" w:rsidRPr="0046015D" w:rsidRDefault="0046015D" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>жыл сайын, желтоқсан айында</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежегодно </w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>в декабре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00547FF8" w:rsidRDefault="00547FF8" w:rsidP="00992017">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение семинара-совещания с руководителями </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>подведомственных организаций по оказанию государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2021-20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>М</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00332279">
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">емлекеттік қызмет көрсету барысы бойынша білім бөліміне қарасты </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00992017">
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ұйымдардың басшыларымен                                                     семинарлар, отырыстар ұйымдастыру</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00901509" w:rsidRPr="00992017" w:rsidRDefault="00992017" w:rsidP="006B2460">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>хаттама</w:t>
-[...100 lines deleted...]
-              <w:t>жж. Тоқсан сайын</w:t>
+              <w:t>ежеквартально</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992017" w:rsidRDefault="00992017" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение конкурса рисунков «Нет коррупции!» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">среди </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>детей дошкольного возраста и начального звена</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мирошниченко Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 квартал </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі және бастауыш сынып оқушылары арасында «Жемқорлыққа жол жоқ!» атты</w:t>
-[...11 lines deleted...]
-            <w:r>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>суреттер байқауын өткізу</w:t>
-[...154 lines deleted...]
-              </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="00992017">
-[...14 lines deleted...]
-              <w:t>жж.</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00547FF8" w:rsidP="00547FF8">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жалпы білім беретін мектептердің түлектеріне арналған сыбайлас жемқорлық туралы семинар – тренингтер өткізу</w:t>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кустовых антикоррупционных семинар-тренингов  для выпусных классов учреждений среднего образован</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC354C" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00547FF8" w:rsidP="006B2460">
-[...12 lines deleted...]
-                <w:spacing w:val="-4"/>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Профилактические встречи, семинары, тренинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC354C" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>алдын алу шаралары</w:t>
-[...70 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мирошниченко Н.С.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00547FF8" w:rsidRDefault="00547FF8" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>жыл сайын мамыр айында</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ежегодно в мае месяце</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00FC354C" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00547FF8" w:rsidP="00547FF8">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім бөліміне қарасты ұйымдардың</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006B2460">
+              <w:t>Проведение внутреннего анализа коррупционных рисков в подведомственных организациях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сыбайлас жемқорлық қарсы атқарылған жұмыстарына ішкі сараптама жасау</w:t>
-[...12 lines deleted...]
-                <w:spacing w:val="-4"/>
+              <w:t>Анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мусабекова М.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бектурганова А.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Булатбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2460">
-[...41 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CB1C13" w:rsidRPr="006B2460">
-[...5 lines deleted...]
-              <w:t>Аристамбекова</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CB1C13" w:rsidRPr="006B2460">
-[...91 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00547FF8" w:rsidRDefault="00547FF8" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>жылдық жоспарға сәйкес</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Согласно</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ежегодного плана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00901509" w:rsidRPr="00060DCF" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00060DCF" w:rsidRDefault="00060DCF" w:rsidP="00060DCF">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сыбайлас жемқорлыққа қарсы стратегия барысында азаматтық қоғам институттарының және басқа да азаматтарды қатысту арқылы қоғамдық бақылауды жүзеге асыру</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Внедрение института общественного контроля и привлечение граждан, институтов гражданского общества в реализации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Антикоррупционной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стратегии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="007E6CC3" w:rsidP="00245A13">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азмещать на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>интернет-ресурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации образования информацию </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>согласно Закон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ҚР-ның «Қолжетімді ақпарат» Заңына сәйкес білім беру ұйымдарының интернет желілеріне </w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">деген атаумен бөлімдер ашу міндеттеледі. </w:t>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан «О доступе к информации»  с созданием обязательного раздела «противодействия коррупции»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00245A13" w:rsidP="006B2460">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разделы на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>интернет-ресурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4E13" w:rsidRPr="00245A13" w:rsidRDefault="00245A13" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>білім бөлімі</w:t>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
@@ -2857,8954 +3249,5505 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00245A13" w:rsidRDefault="00901509" w:rsidP="00245A13">
-[...27 lines deleted...]
-              <w:t>жылдық 1 наурызына дейін</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>До 1 марта 2021 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00877BB7" w:rsidP="00877BB7">
-[...15 lines deleted...]
-              <w:t>Білім беру ұйымдарының ресми сайттарында және дәліздерінде ұйымның қызметкерлерінің толық тізімін ілуді қамтамасыз ету</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечить на официальном сайте и на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>стенде объявлении полный список сотрудников организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00877BB7" w:rsidRDefault="00877BB7" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>хабарландыру тақтасынан ақпарат</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Информация на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сайте и на доске объявлении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00877BB7" w:rsidRDefault="00877BB7" w:rsidP="006B2460">
-[...36 lines deleted...]
-              <w:t>Булатбекова А.К.</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Булатбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00877BB7" w:rsidP="00877BB7">
-[...26 lines deleted...]
-              <w:t>жылдық 1 ақпанына дейін</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">До 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">февраля 2021 года </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00E04C8A" w:rsidP="00E04C8A">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Персонально выдавать работникам организации образования расшифровки о начислении заработной платы (квитанции)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квитанции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>білім беру ұйымдары жалақының түбіртегін әр қызметкерге жекелей беру</w:t>
-[...34 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>білім бөлімі</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>Бубнова О.И.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00901509" w:rsidRPr="00E04C8A" w:rsidRDefault="00E04C8A" w:rsidP="006B2460">
-[...19 lines deleted...]
-              <w:t>ай сайын</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежемесячно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00AE25D5" w:rsidRDefault="00AE25D5" w:rsidP="00B31D9F">
-[...37 lines deleted...]
-              <w:t>«Қамқоршылық кеңес» бөлімін ашу</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание специальной вкладки «Попечительский Совет» на всех официальных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>интернет-ресурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации образования, с систематическим размещением на них информации  о деятельности Попечительского Совета, описание проводимых мероприятий, информация для родителей и детей, представление отчета </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> всех спонсорских и благотворительных  помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
-[...15 lines deleted...]
-              <w:t>интернет желілеріндегі бөлімдер</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разделы на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>интернет-ресурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00AE25D5" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
-[...19 lines deleted...]
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Садвокасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00AE25D5" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:highlight w:val="red"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>тұрақты</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00F06976" w:rsidP="000B6976">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Встречи с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>А</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000B6976">
+              <w:t xml:space="preserve"> родительской общественностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>та-аналар қауымымен кездесу</w:t>
-[...25 lines deleted...]
-              <w:t>алдын алу кездесулері</w:t>
+              <w:t>Профилактические встречи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="000B6976" w:rsidP="00B73715">
-[...15 lines deleted...]
-              <w:t>білім бөлімі</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001077B1" w:rsidRPr="006B2460" w:rsidRDefault="001077B1" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Специалисты по кураторству</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="000B6976" w:rsidRDefault="000B6976" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>жылына 2 рет</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2 раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="009010E3" w:rsidP="009010E3">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение семинаров для представителей общественных объединений и иных институтов гражданского общества по вопросам участия в реализации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стратегии, в том числе по формированию в обществе нетерпимого отношения к коррупционным проявлениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сыбайлас жемқорлыққа қарсы сұрақтарды талқылай аясында жемқорлыққа қарсы қоғам құру жұмыстарын жандандыру үшін азаматтық қоғам институт өкілдерімен бірлескен семинарлар өткізу</w:t>
-[...12 lines deleted...]
-                <w:spacing w:val="-4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:spacing w:val="-4"/>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ақпарат</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Аристамбекова П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>білім бөлімі</w:t>
-[...37 lines deleted...]
-              </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="009010E3" w:rsidRDefault="00AE25D5" w:rsidP="009010E3">
-[...26 lines deleted...]
-              <w:t>жж.</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2021-2023 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00334C60" w:rsidRDefault="00334C60" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>Ақпараттық стендтерді жаңарту және хаттар мен жеке тұлғалардың өтініші үшін почта жәшігін дайындау</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Обновление информационных стендов, почтового  ящика для писем и обращений физических лиц.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00334C60" w:rsidRDefault="00334C60" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>ақпарат</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="00334C60" w:rsidRDefault="00334C60" w:rsidP="006B2460">
-[...19 lines deleted...]
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007F1480" w:rsidRPr="007F1480" w:rsidRDefault="007F1480" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Обеспечение своевременного обновления и свободного доступа граждан и юридических лиц к информации, размещенной на официальном Интернет-ресурсе управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Раздел на сайте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1480">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының «Ақпаратқа қол жеткізу туралы» заңына сәйкес білім беру ұйым</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Организации Образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>д</w:t>
-[...87 lines deleted...]
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+              <w:t>Специалисты отдела образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="007F1480" w:rsidRDefault="007F1480" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6FE4" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6FE4" w:rsidRPr="006B2460" w:rsidRDefault="006B6FE4" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6FE4" w:rsidRPr="006B6FE4" w:rsidRDefault="006B6FE4" w:rsidP="006B2460">
-[...15 lines deleted...]
-              <w:t>Мемлекеттік сатып алу рәсімдерін өткізуде ашықтықты жоғарлату</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Повысить прозрачность проведения процедур государственных закупок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6FE4" w:rsidRPr="006B6FE4" w:rsidRDefault="006B6FE4" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>ақпарат</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6FE4" w:rsidRDefault="006B6FE4" w:rsidP="006B2460">
-[...36 lines deleted...]
-              <w:t>Бубнова О.И.</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бубнова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.И.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6FE4" w:rsidRPr="007F1480" w:rsidRDefault="006B6FE4" w:rsidP="00B31D9F">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE25D5" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="004A6B1B" w:rsidRDefault="004A6B1B" w:rsidP="006B2460">
-[...15 lines deleted...]
-              <w:t>Мемлекеттік органдар қолданатын нысандар мен ғимараттарды азаматтар тарапынан сыбайлас жемқорлық көріністерінің алдын алу және мемлекеттік қызметкерлерді сыбайлас жемқорлық туралы ескертуге бағытталған әлеуметтік жарнаманың шағын- плакатын орналастыру</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработать и распространить среди работников сферы образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>памятку, разъясняющую понятие коррупции, порядок действии граждан при встрече с фактами проявления коррупции,  а также ответственность за пособничество таким фактам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="004A6B1B" w:rsidRDefault="004A6B1B" w:rsidP="006B2460">
-[...18 lines deleted...]
-              <w:t>жадынамалар жасау, қол жинау арқылы тарату</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Разработка памятки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Распростране-ние</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> под роспись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="004A6B1B" w:rsidRDefault="004A6B1B" w:rsidP="006B2460">
-[...19 lines deleted...]
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Организации</w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="000E4E13" w:rsidRPr="006B2460" w:rsidRDefault="000E4E13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="00AE25D5" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE25D5" w:rsidRPr="006B2460" w:rsidRDefault="004A6B1B" w:rsidP="006B2460">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ежегодно в апреле </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="000D54BA" w:rsidRDefault="000D54BA" w:rsidP="00B31D9F">
-[...25 lines deleted...]
-              <w:t>, сауалнамалар алу</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Проведения анкетирования среди родителей на предмет сбора с них денежных средств на различные расходы администрацией школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="000D54BA" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>сауалнама нәтижесі</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Результат анкетирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
-[...15 lines deleted...]
-              <w:t>білім бөлімі</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB1C13" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бразования</w:t>
             </w:r>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="000D54BA" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
-[...41 lines deleted...]
-              <w:t>жж.</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Сентябрь 2021</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4E13" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-2023 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="007767AA" w:rsidP="00F06976">
-[...26 lines deleted...]
-              <w:t>комитетіне білім беру жүйесінің қызметкерлері жіберген сыбайлас жемқорлық құқық бұзушылықтары туралы ақпарат алу үшін сұраныс жіберу</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Направление запроса в Комитет по правовой статистике и специального учета по Карагандинской области для получения сведений по коррупционным нарушениям совершивших работниками системы образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="007767AA" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...17 lines deleted...]
-              <w:t>ақпарат, сұраныс беру</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация, запросы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="007767AA" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...46 lines deleted...]
-              <w:t>А.К.</w:t>
+          <w:p w:rsidR="00E03B12" w:rsidRPr="006B2460" w:rsidRDefault="00E03B12" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Булатбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="007767AA" w:rsidRDefault="007767AA" w:rsidP="006B2460">
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Май </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Декабрь 2021-2023 годы</w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00F06976" w:rsidP="006B2460">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение выставки рисунков «Я и мои права» среди учащихся школ области </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB1C13" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мирошниченко Н.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3 квартал</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2021-20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>М</w:t>
-[...293 lines deleted...]
-              </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="007767AA">
-[...14 lines deleted...]
-              <w:t>жж.</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="00E3130C">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="00E3130C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="007767AA" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Білім</w:t>
-[...161 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Информирование населения о фактах, имеющих коррупционную составляющую в сфере образования </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организация мероприятий, приуроченных к Международному дню борьбы с коррупцией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Публикация в СМИ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>Халықаралық</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>сыбайлас</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Садвокасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
-[...122 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мирошниченко Н.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2021-20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ақпарат. БАҚ беттеріне жариялау</w:t>
-[...152 lines deleted...]
-              </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="000D54BA" w:rsidRPr="006B2460">
-[...14 lines deleted...]
-              <w:t>жж.</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение разъяснительной работы среди государственных служащих </w:t>
+            </w:r>
+            <w:r w:rsidR="0057305E" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отделов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на соблюдение </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> законодательства, создание обстановки нетерпимости к любым коррупционным проявлениям бюрократизма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>басқармаларының</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
-[...429 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="007767AA" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="00F06976">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
-          <w:trHeight w:val="1703"/>
+          <w:trHeight w:val="1817"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="007767AA" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Публикация в СМИ, в том числе областной педагогической газете «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ізденіс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» материалов по </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>Бұқаралық</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направленности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Статьи в газетах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007767AA">
-[...5 lines deleted...]
-              <w:t>ақпарат</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007767AA">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мусабекова М.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...326 lines deleted...]
-              <w:t>жарты жыл сайын</w:t>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>по полугодию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...233 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Усиление работы по качественному и полному рассмотрению обращений граждан, поступивших в </w:t>
+            </w:r>
+            <w:r w:rsidR="0057305E" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отдел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>ақпарат</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>білім бөлімі мамандары</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Специалисты отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="00E3130C">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="00E3130C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D36806">
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...161 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Правовое регулирование исполнения государственных функций и предоставления государственных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36806" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Координирование государственных услуг в соответствии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующим законодательством </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D36806">
-[...5 lines deleted...]
-              <w:t>Қолданыстағы</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D36806">
-[...158 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="00B31D9F">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36806" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00CB1C13" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение анализа жалоб, поступивших в </w:t>
+            </w:r>
+            <w:r w:rsidR="0057305E" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отдел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на несвоевременное и некачественное оказание государственных услуг </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00E03B12" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образова</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D36806">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D36806">
-[...284 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36806" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По полугодиям </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
           <w:trHeight w:val="1974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>31</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D36806">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметтер көрсетудің ішкі бақылауы</w:t>
+              <w:t xml:space="preserve">Проведение внутреннего контроля  по оказанию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>государственн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ых </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуг </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...71 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Мусабекова М.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D36806" w:rsidRDefault="00D36806" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="0002777C" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация размещение сведения о доходах, движимом и недвижимом имуществе руководителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования в СМИ, на официальных сайтах в соответствии действующим </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0002777C">
-[...5 lines deleted...]
-              <w:t>Қолданыстағы</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>аконодательств</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0002777C">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Публикация в СМИ, размещение на сайтах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0002777C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ежегодно</w:t>
+            </w:r>
+            <w:r w:rsidR="0057305E" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...408 lines deleted...]
-              <w:t>жыл сайын 1 наурызға дейін</w:t>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>до 1 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00583BCB" w:rsidRDefault="00583BCB" w:rsidP="00583BCB">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При разработке технических спецификаций государственного социального заказа предусмотреть обязательное участие представителей </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00583BCB">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ДАДГСиПК</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00583BCB">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в культурно-массовых мероприятиях, а также осуществить </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>контроль за</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> расходной частью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Участие представителей ДАПК (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Антикоррупционная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> служба)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бубнова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.И.</w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...449 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00583BCB" w:rsidRDefault="00583BCB" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00583BCB" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ввести в практику проведение регулярных встреч руководителей государственных органов с представителями палатой предпринимателями и общественных объединений по вопросу противодействию коррупции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение встреч, информация в ГПО аппарат </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00583BCB">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>акима</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00583BCB">
-[...444 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00583BCB" w:rsidRDefault="00583BCB" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>білім бөлімі</w:t>
-[...10 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00583BCB" w:rsidRDefault="00583BCB" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>жыл бойы</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00D826CA" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Обеспечение участия представителей ДАПК (</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t>Конкурстар</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Антикоррупционная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> служба)  в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссиях при проведении </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проект</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t>жобалар</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>представителй</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> мен </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДАПК (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Антикоррупци</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>онная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D826CA">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> служба)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Организации </w:t>
+            </w:r>
+            <w:r w:rsidR="00901509" w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бектурганова А.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B270CC" w:rsidRPr="006B2460" w:rsidRDefault="00B270CC" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D826CA">
-[...5 lines deleted...]
-              <w:t>кезінде</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Садвокасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D826CA">
-[...371 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00D826CA" w:rsidRDefault="00D826CA" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>тұрақты</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00907DCF" w:rsidP="006B2460">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размещение в зданиях и помещениях, занимаемых государственными органами, мини-плакатов социальной рекламы, направленных на профилактику коррупционных проявлений со стороны граждан и предупреждение коррупционного </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2460" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">поведения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>государственных служащих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация в ГПО аппарат </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t>Азаматтар</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>акима</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t>тарапынан</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00907DCF">
-[...480 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>білім бөлімі</w:t>
-[...28 lines deleted...]
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="006B2460">
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мусабекова М.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2460">
-[...17 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00907DCF" w:rsidRDefault="00907DCF" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>жыл сайын</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежегодно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D54BA" w:rsidRPr="00CF7F0E" w:rsidTr="00F06976">
+      <w:tr w:rsidR="00901509" w:rsidRPr="00CF7F0E" w:rsidTr="006B2460">
         <w:trPr>
-          <w:trHeight w:val="1949"/>
+          <w:trHeight w:val="2323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="000D54BA" w:rsidP="00E3130C">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="00E3130C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2460">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B270CC" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="006B2460" w:rsidRDefault="00907DCF" w:rsidP="006B2460">
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение в организациях образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мероприятии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приглаше</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2460" w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нием государственных служащих, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогических работников  по </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>антикоррупционной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Утверждение планов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мероприятий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, информация в ГПО аппарат </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t>қызметшілерді</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>акима</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00907DCF">
-[...5 lines deleted...]
-              <w:t>педагогикалық</w:t>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Аристамбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00907DCF">
-[...185 lines deleted...]
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00907DCF" w:rsidRDefault="00907DCF" w:rsidP="006B2460">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0057305E" w:rsidRPr="006B2460" w:rsidRDefault="0057305E" w:rsidP="006B2460">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00907DCF">
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мусабекова М.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Облыстық әкім аппаратында іс-шаралар жоспарларын, ақпараттарды бекіту</w:t>
-[...79 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D54BA" w:rsidRPr="00907DCF" w:rsidRDefault="00907DCF" w:rsidP="006B2460">
-[...16 lines deleted...]
-              <w:t>жыл сайын</w:t>
+          <w:p w:rsidR="00901509" w:rsidRPr="006B2460" w:rsidRDefault="00901509" w:rsidP="006B2460">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежегодно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00135318" w:rsidRDefault="00135318" w:rsidP="00F06976"/>
+    <w:p w:rsidR="00135318" w:rsidRDefault="00135318"/>
     <w:sectPr w:rsidR="00135318" w:rsidSect="00901509">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="850" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00901509"/>
-    <w:rsid w:val="0002777C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B6976"/>
     <w:rsid w:val="000D09B7"/>
-    <w:rsid w:val="000D54BA"/>
     <w:rsid w:val="000E4E13"/>
-    <w:rsid w:val="000F1FA1"/>
     <w:rsid w:val="001077B1"/>
-    <w:rsid w:val="00112FFC"/>
     <w:rsid w:val="00135318"/>
     <w:rsid w:val="00195CDB"/>
     <w:rsid w:val="002315BF"/>
-    <w:rsid w:val="00245A13"/>
     <w:rsid w:val="00320F94"/>
-    <w:rsid w:val="00332279"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0048078C"/>
     <w:rsid w:val="00492CA5"/>
-    <w:rsid w:val="004A6B1B"/>
-    <w:rsid w:val="00547FF8"/>
     <w:rsid w:val="005576E2"/>
     <w:rsid w:val="0057305E"/>
-    <w:rsid w:val="00583BCB"/>
     <w:rsid w:val="00600637"/>
     <w:rsid w:val="006B2460"/>
-    <w:rsid w:val="006B6FE4"/>
     <w:rsid w:val="00701DEE"/>
     <w:rsid w:val="00747DE0"/>
-    <w:rsid w:val="007767AA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009010E3"/>
     <w:rsid w:val="00901509"/>
-    <w:rsid w:val="00907DCF"/>
-    <w:rsid w:val="00992017"/>
     <w:rsid w:val="009E3025"/>
     <w:rsid w:val="00AA652E"/>
-    <w:rsid w:val="00AE25D5"/>
     <w:rsid w:val="00B270CC"/>
-    <w:rsid w:val="00B73715"/>
     <w:rsid w:val="00CB1C13"/>
-    <w:rsid w:val="00D04ED5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D826CA"/>
     <w:rsid w:val="00E03B12"/>
-    <w:rsid w:val="00E04C8A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F06976"/>
     <w:rsid w:val="00FC354C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{6885D40C-95DC-401E-BF77-4C6876784A76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00901509"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00901509"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -11814,124 +8757,55 @@
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="мелкий,мой рабочий,Обя,норма,Айгерим,ТекстОтчета"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00901509"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Без интервала Знак"/>
     <w:aliases w:val="мелкий Знак,мой рабочий Знак,Обя Знак,норма Знак,Айгерим Знак,ТекстОтчета Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00901509"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...52 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -12185,71 +9059,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7775</Characters>
+  <Pages>1</Pages>
+  <Words>1494</Words>
+  <Characters>8519</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9120</CharactersWithSpaces>
+  <CharactersWithSpaces>9994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gorono-zavhoz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>