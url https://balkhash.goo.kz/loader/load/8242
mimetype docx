--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,16427 +1,9265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6521"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="-141" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004250A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еречень государственных услуг, оказываемых местными исполнительными органами города Балхаш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004250A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении реестра государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004250A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 31 января 2020 года № 39/НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 февраля 2020 года № 19982</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text"/>
-[...1 lines deleted...]
-        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text" w:tblpX="-504"/>
+        <w:tblW w:w="14916" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="0" w:type="dxa"/>
-          <w:right w:w="0" w:type="dxa"/>
+          <w:top w:w="32" w:type="dxa"/>
+          <w:left w:w="32" w:type="dxa"/>
+          <w:bottom w:w="32" w:type="dxa"/>
+          <w:right w:w="32" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="724"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="3448"/>
+        <w:gridCol w:w="458"/>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="1645"/>
+        <w:gridCol w:w="2545"/>
+        <w:gridCol w:w="2558"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Код</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>государствен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие стандарта, регламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Стандарт пен регламенттің </w:t>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименования организаций, осуществляющих прием заявлений и выдачу результатов/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подача </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>черезвеб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Платность/ бесплатность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-311"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги (электронная/ бумажная)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>001. Документирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00102. Получение документов, обеспечивающих права, не связанные с предпринимательской деятельностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...294 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402. Рождение, опекунство и воспитание ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...306 lines deleted...]
-                <w:szCs w:val="40"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...86 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдача справок по опеке и попечительству</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правила</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:anchor="z28" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z36</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z28</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...177 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/206pass_mon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Установление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Правила </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z112" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>қағаз тү</w:t>
+                <w:t>http://adilet.z</w:t>
               </w:r>
-              <w:proofErr w:type="gramStart"/>
-              <w:r w:rsidRPr="00E5651E">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>р</w:t>
+                <w:lastRenderedPageBreak/>
+                <w:t>an.kz/rus/docs/V2000020478#z112</w:t>
               </w:r>
-              <w:proofErr w:type="gramEnd"/>
-              <w:r w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ГУ «Отдел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Государственная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">корпорация, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t xml:space="preserve">інде  </w:t>
+                <w:t>Электронная</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...485 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/181pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...19 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/;</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:anchor="z55" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>қағаз тү</w:t>
+                <w:t>бумажная</w:t>
               </w:r>
-              <w:proofErr w:type="gramStart"/>
-              <w:r w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Выдача справок для распоряжения имуществом несовершеннолетних"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правила </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:anchor="z66" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>р</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z66</w:t>
               </w:r>
-              <w:proofErr w:type="gramEnd"/>
-              <w:r w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...506 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/207pass_mvd</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...77 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
         <w:trPr>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:trHeight w:val="1022"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="724" w:type="dxa"/>
-[...26 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...206 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:anchor="z550" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z207</w:t>
+                <w:t>Правила</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...533 lines deleted...]
-              <w:r w:rsidR="00DF4F50" w:rsidRPr="00E5651E">
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:anchor="z550" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z330</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z550</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00DF4F50" w:rsidRPr="00E5651E">
-[...237 lines deleted...]
-                <w:szCs w:val="40"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная корпорация, ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қағаз тү</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="40"/>
+              <w:t>Бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...10 lines deleted...]
-              <w:t>інде</w:t>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>решения органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:anchor="z824" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Правила</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:anchor="z824" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z824</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ГУ «Отдел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ГУ «Отдел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
-[...5 lines deleted...]
-            <w:tcW w:w="17922" w:type="dxa"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">00403. </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> беру және бос уақыт</w:t>
+              <w:t>00403. Образование и досуг для ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...29 lines deleted...]
-                <w:szCs w:val="40"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>00403001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...244 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в детские дошкольные организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:anchor="z15" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V1500010981#z11</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020883#z15</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ГУ «Отдел образования города Балхаш, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...206 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>http://egov.kz/cms/ru/services/child/037pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...1355 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/;</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:anchor="z31" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://egov.kz/cms/ru/services/secondary_school/197pass_mon</w:t>
+                <w:t>бумажная</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...81 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...738 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием документов и зачисление детей в дошкольные организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:anchor="z15" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Электронды</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020883#z15</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:anchor="z215" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>/</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020883#z215</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
-[...10 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дошкольные организации всех типов и видов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дошкольные организации всех типов и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>видов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Қағаз тү</w:t>
+                <w:t>https://egov.kz/cms/ru/services/pre_school/199pass_mon</w:t>
               </w:r>
-              <w:proofErr w:type="gramStart"/>
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:anchor="z37" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>р</w:t>
+                <w:t>Бумажная</w:t>
               </w:r>
-              <w:proofErr w:type="gramEnd"/>
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов и зачисление в организации образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">независимо от ведомственной подчиненности для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t xml:space="preserve">інде  </w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V1800017553</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
-      </w:tr>
-[...116 lines deleted...]
-                <w:szCs w:val="40"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего и общего среднего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">қосымша </w:t>
+              <w:t xml:space="preserve">образования, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...93 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.</w:t>
+                <w:t>https://egov.kz/cms/ru/services/secondary_school/mon-197-205</w:t>
               </w:r>
-              <w:r w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>среднего, общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:anchor="z216" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:lastRenderedPageBreak/>
-                <w:t>zan.kz/rus/docs/V2000020695#z36</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020744#z216</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...31 lines deleted...]
-            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего и общего среднего </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...7 lines deleted...]
-              <w:t>Балалар</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,в</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...268 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Электронды</w:t>
-[...429 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+              <w:t>электронная/ </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:anchor="z65" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z282</w:t>
+                <w:t>Бумажная</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...268 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:anchor="z15" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020695#z15</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации дополнительного образования для детей, организации общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации дополнительного образования для детей, организации общего среднего </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Платно/ бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правила </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:anchor="z680" w:history="1">
+              <w:r w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z680</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Отдел образования города </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балхаш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рганизации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/secondary_school/203pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...33 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5651E">
-[...3 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қағаз тү</w:t>
-[...38 lines deleted...]
-                <w:szCs w:val="40"/>
+              <w:t>бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов и выдача направлений на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t> </w:t>
-[...367 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+              <w:t>предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:anchor="z747" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z308</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z747</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш, организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш, Государственная корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...17 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...286 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Платно /Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная/</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:anchor="z313" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Бумажная</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...29 lines deleted...]
-                <w:szCs w:val="40"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>00403010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...144 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:anchor="z66" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020777#z29</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V1600013110#z66</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...40 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...175 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> портал "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/secondary_school/211pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...70 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...29 lines deleted...]
-                <w:szCs w:val="40"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...136 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов для перевода детей между общеобразовательными учебными </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">ң </w:t>
-[...1809 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+              <w:t>заведениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://egov.kz/cms/ru</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V1800017553</w:t>
               </w:r>
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Электронная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>https://egov.kz/cms/ru/services/secondary_school/mon-197-205</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>00404. Содержание и обеспечение ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правила </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:anchor="z220" w:history="1">
+              <w:r w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z220</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственная корпорация, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://egov.kz/cms/ru/services/guardianship/76pass_mon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:anchor="z298" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z298</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>https://egov.kz/cms/ru/services/child/pass77_mon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Постановка на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>учет лиц, желающих усыновить детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:anchor="z62" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/</w:t>
+              </w:r>
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:lastRenderedPageBreak/>
-                <w:t>/services/guardianship/76pass_mon</w:t>
+                <w:t>docs/V1600014067#z62</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...103 lines deleted...]
-                <w:szCs w:val="40"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>31</w:t>
-[...65 lines deleted...]
-              <w:t>Баланы (</w:t>
+              <w:t xml:space="preserve">ГУ «Отдел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>балаларды</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...12 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>беру</w:t>
-[...123 lines deleted...]
-                <w:szCs w:val="40"/>
+              <w:t>«электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ММ</w:t>
-[...209 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>https://egov.kz/cms/ru/services/child/pass</w:t>
+                <w:t>Электронная</w:t>
               </w:r>
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...625 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/child/pass79_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
-[...70 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...31 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...240 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:anchor="z505" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z203</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z505</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...40 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...204 lines deleted...]
-              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «электронного правительства;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Электронная</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/child/pass82_mon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...57 lines deleted...]
-              <w:t>інде</w:t>
+            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
-[...33 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...177 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:anchor="z373" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z171</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z373</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Отдел образования города Балхаш, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...184 lines deleted...]
-                <w:szCs w:val="40"/>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қағаз тү</w:t>
-[...21 lines deleted...]
-              <w:t>інде</w:t>
+              <w:t>Электронная/ Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
-[...5 lines deleted...]
-            <w:tcW w:w="17922" w:type="dxa"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="40"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E5651E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>008. Образование и наука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14916" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="40"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> және ғылым</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803. Прочие государственные услуги в сфере образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
-[...143 lines deleted...]
-                <w:szCs w:val="40"/>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача дубликатов документов об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>53</w:t>
-[...183 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+              <w:t>основном среднем, общем среднем образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:anchor="z514" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/kaz/docs/V1500010348#z162</w:t>
+                <w:t>http://adilet.zan.kz/rus/docs/V1500010348#z5</w:t>
               </w:r>
-            </w:hyperlink>
-[...567 lines deleted...]
-              <w:r w:rsidRPr="00E5651E">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
                 <w:rPr>
-                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="40"/>
-[...759 lines deleted...]
-                  <w:szCs w:val="40"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:lastRenderedPageBreak/>
-                <w:t>zan.kz/rus/docs/V1600013317#z8</w:t>
+                <w:t>14</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E5651E">
-[...36 lines deleted...]
-                <w:szCs w:val="40"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«Балқаш қаласыны</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="40"/>
+              <w:t xml:space="preserve">Организации основного среднего и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">ң </w:t>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Государственная корпорация, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">организации основного среднего и общего среднего образования, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> бөлімі» ММ,  </w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>https://egov.kz/cms/ru/online-</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>services/for_citizen/pass-mon212-214</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:trPr>
+          <w:trHeight w:val="1638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием документов для участия в конкурсе на замещение руководителей государственных учреждений среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:anchor="z11" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V1200007495#z11</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная корпорация, ГУ «Отдел образования города Балхаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>https://egov.kz/cms/ru/online-services/for_citizen/konkurs_1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00754B49">
+        <w:trPr>
+          <w:trHeight w:val="4213"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>Мектепке</w:t>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00CD4379">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00943F6D" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:anchor="z8" w:history="1">
+              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0076A3"/>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V1600013317#z8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Отдел образования города Балхаш, организации дошкольного, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>дейінгі</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> тәрбие мен оқыту, </w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственная корпорация, ГУ «Отдел образования города Балхаш, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>бастауыш</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>организациидошкольного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E5651E">
-[...6 lines deleted...]
-              <w:t>негізгі</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E5651E">
-[...460 lines deleted...]
-              <w:t>інде</w:t>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004250A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+    <w:p w:rsidR="007E41A2" w:rsidRPr="004250A0" w:rsidRDefault="007E41A2" w:rsidP="004250A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14601"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00972A87" w:rsidRPr="00E5651E" w:rsidRDefault="00972A87">
-[...10 lines deleted...]
-      <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="007E41A2" w:rsidRPr="004250A0" w:rsidSect="004250A0">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1701" w:right="536" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
+    <w:p w:rsidR="00156144" w:rsidRDefault="00156144" w:rsidP="004250A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
+    <w:p w:rsidR="00156144" w:rsidRDefault="00156144" w:rsidP="004250A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
+    <w:p w:rsidR="00156144" w:rsidRDefault="00156144" w:rsidP="004250A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
+    <w:p w:rsidR="00156144" w:rsidRDefault="00156144" w:rsidP="004250A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00850AD8"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00E84B15"/>
+    <w:rsidRoot w:val="004250A0"/>
+    <w:rsid w:val="000E3958"/>
+    <w:rsid w:val="00156144"/>
+    <w:rsid w:val="004250A0"/>
+    <w:rsid w:val="00754B49"/>
+    <w:rsid w:val="007E41A2"/>
+    <w:rsid w:val="00943F6D"/>
+    <w:rsid w:val="00C235AB"/>
+    <w:rsid w:val="00CD4379"/>
+    <w:rsid w:val="00F531C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -16546,247 +9384,355 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB4253"/>
+    <w:rsid w:val="007E41A2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004250A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004250A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
-[...46 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00850AD8"/>
+    <w:rsid w:val="004250A0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00850AD8"/>
+    <w:rsid w:val="004250A0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00850AD8"/>
+    <w:rsid w:val="004250A0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF4F50"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="004250A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004250A0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004250A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004250A0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="481771544">
+    <w:div w:id="334698582">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="46607604">
+        <w:div w:id="1540318479">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1296988841">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="46492041">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2078821862">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1363676404">
+    <w:div w:id="1393886516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1638754667">
+        <w:div w:id="1507749754">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="280697506">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="414404921">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1015420770">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/206pass_mon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z42" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/child/037pass_mon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass82_mon" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/secondary_school/197pass_mon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z144" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007495#z172" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z36" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981#z11" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020695#z36" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/guardianship/76pass_mon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z203" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z330" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020777#z29" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010348#z162" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/181pass_mon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z117" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass79_mon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z171" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z207" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z308" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600014067#z32" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z63" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553#z208" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/207pass_mvd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744#z109" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/203pass_mon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/211pass_mon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass77_mon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317#z8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/child/037pass_mon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/203pass_mon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/ContentPublic?contentPath=/egovcontent/citizenrypublicservices/ministry_education_science/passport/76pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600014067" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/online-services/for_citizen/pass-mon212-214" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/guardianship/passport/206pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/pre_school/199pass_mon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/education/edu_secondary/passport/203pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/211pass_mon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass77_mon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/child_/passport/037pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/181pass_mon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013110" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/mon-197-205" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/ContentPublic?contentPath=/egovcontent/citizenrypublicservices/ministry_education_science/passport/pass77_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/mon-197-205" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass79_mon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/online-services/for_citizen/konkurs_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/guardianship/passport/181pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass82_mon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/207pass_mvd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/guardianship/76pass_mon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=%2Fegovcontent%2Fcitizens%2F_family%2Fguardianship%2Fpassport%2Fpass79_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/206pass_mon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=%2Fegovcontent%2Fcitizens%2F_family%2Fguardianship%2Fpassport%2Fpass79_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17028,90 +9974,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>9598</Characters>
+  <Pages>10</Pages>
+  <Words>2086</Words>
+  <Characters>11895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11259</CharactersWithSpaces>
+  <CharactersWithSpaces>13954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gorono-zavhoz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>