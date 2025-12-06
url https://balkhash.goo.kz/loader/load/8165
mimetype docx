--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,11381 +1,22490 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="ac17a70" w14:textId="ac17a70">
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил приема на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>обучение в организации образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-101"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>программы начального, основного среднего и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-101"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="171" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>октября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>564.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Зарегистрирован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Министерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>юстиции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>октября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>17553.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="180" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z512">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>подпунктом</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="9"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>11)</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="15"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>статьи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>июля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>"Об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образовании"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="348" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Утвердить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прилагаемые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z15">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>Типовые</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="8"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>правила</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="11"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="593" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Департаменту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Каринова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ш.Т.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-        <w15:collapsed w:val="false"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...57 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="856" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регистрацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>юстиции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="112" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>десяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>направление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>копии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бумажном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>электронном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>казахском</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>русском</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>языках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республиканское</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>предприятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>праве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>хозяйственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"Республиканский</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>центр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>информации"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>официального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>опубликования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>включения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Эталонный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контрольный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>банк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="722" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>размещение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>официального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="113" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>десяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рабочих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Департамент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>юридической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>службы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сведений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исполнении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мероприятий,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>предусмотренных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подпунктами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...53 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="839" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Контроль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исполнением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>возложить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вице-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Суханбердиеву</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1325" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>действие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>истечении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>десяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>официального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="109" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="5024"/>
+        <w:gridCol w:w="4075"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00B2125B" w:rsidRPr="007412BA">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5024" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="200" w:right="1339" w:firstLine="359"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="266" w:lineRule="exact"/>
+              <w:ind w:left="1341" w:right="1482"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Е.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Сагадиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+        <w:trPr>
+          <w:trHeight w:val="592"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4075" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="1812" w:right="186" w:firstLine="381"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007412BA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007412BA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Министра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...122 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1040" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:spacing w:before="74"/>
+        <w:ind w:left="6818" w:right="560" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:ind w:left="6383" w:right="129"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>12 октября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2018 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>564</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="27"/>
+        </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="167"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Типовые правила приема на обучение в организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-190"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования, реализующие общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>начального,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:spacing w:before="219"/>
+        <w:ind w:left="302"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Общие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:before="189" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="110" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Правила)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>разработаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z512">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>подпунктом</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="5"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>11)</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="12"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>статьи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>июля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"Об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовании"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закон)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>определяют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>собственности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ведомственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Законом,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>настоящими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Правилами,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правовыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актами,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>разработанными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уставами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="489" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Зачисление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>число</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>производится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="975" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>допускается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комплектование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подготовки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>степени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="349" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заключают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оказание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z7">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>типовым</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="11"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>договором</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="14"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услуг,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утвержденным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>93,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(зарегистрирован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Реестре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="122" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>особыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовательными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>потребностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учетом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заключения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагого-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>медико-психологической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>консультации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>согласии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="367" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Родители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>выбирают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учетом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>желания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>индивидуальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>склонностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>особенностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1080" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="78" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="471" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обращаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>месту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>местные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="342"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок приема на обучение в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организации образования, реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>общеобразовательные учебные программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>начального, основного среднего, общего среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-190"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ния</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="154" w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечивают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шести</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>которым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>текущем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>календарном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>году</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исполняется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шесть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лет,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>всех</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проживающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уровня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1036"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>первый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>необходимы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="169" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="611" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>произвольной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>форме)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:ind w:left="1400" w:right="0" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>копия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>свидетельства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рождении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:before="170" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="226" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>состоянии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z6">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>форме</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="9"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>026/у-3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утвержденный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="850"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>469</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>"Об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>утверждении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>заполнению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ведению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>учетной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>формы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>026/у-3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>"Паспорта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ребенка"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(зарегистрирован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Реестре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1402"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>состоянии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z371">
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>форме</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="11"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="007412BA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="07395E"/>
+          </w:rPr>
+          <w:t>063/у</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утвержденный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исполняющего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>907</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"Об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утверждении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первичной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>медицинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(зарегистрирован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Реестре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="225" w:lineRule="exact"/>
+        <w:ind w:left="1400" w:right="0" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>фотографии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>размером</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3х4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>количестве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>двух</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="166" w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>документов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>указанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>настоящем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>пункте,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>поступающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>первый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>производится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>текущего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>календарного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="489" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ганизаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кроме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>гимназий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицеев,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>экзамены,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>зачеты,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1100" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="78" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="180" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>посещавших</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>дошкольные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>учреждения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>прошедших</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>предшкольную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>подготовку,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организуются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>подготовительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>курсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>начала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>учебного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="226" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вторые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>третьи,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>четвертые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пятые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шестые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>седьмые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>восьмые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>девятые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проживающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="117" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>десятые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>одиннадцатые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проживающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>личного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>наличия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="180" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>заявлений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>начинается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>вручения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>основном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>среднем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>десятые,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>одиннадцатые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>гимназий,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицеев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уставом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>гимназии,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицея</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>личного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>наличия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>видов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="593" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Гимназии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицеи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>формируют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобразовательные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>получения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обязательного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>знаний,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>определенных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общеобязательными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандартами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проживающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="600" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>производится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="180" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Специализированными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>устанавливаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>конкурсные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>туры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>обучение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Содержание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>отбора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>зачисления,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>перевода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>выпуска</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>осуществляются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>уставом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>данной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="841" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>создается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приемная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приемная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>создается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>числа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогических</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>работников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утверждается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1100" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:before="78" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1097" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приемную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>предоставляются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:ind w:right="0" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>родителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(законного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>представителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1645"/>
+          <w:tab w:val="left" w:pos="1646"/>
+        </w:tabs>
+        <w:spacing w:before="168" w:line="302" w:lineRule="auto"/>
+        <w:ind w:left="302" w:right="1463" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>копия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>свидетельства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рождении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>претендента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>указанием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(приложением)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1401"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:left="302" w:right="122" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>копии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>успехи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебе,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заверенные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>печатью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>наличия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1524"/>
+        </w:tabs>
+        <w:ind w:left="1523" w:right="0" w:hanging="488"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>фотография</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>размером</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3х4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>количестве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>двух</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:before="168" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="489" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Основанием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>участие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подача</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>позже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>установленных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прохождение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отбора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>текущего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="348" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>размещается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>публикуется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>средствах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>массовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="103" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспече</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ния</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прозрачности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>устанавливаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>системы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>видеонаблюдения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аудиозаписи,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>используемые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>запуска</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>здание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аудитории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="349" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Итоги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отбора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>размещаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>следующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="234" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Формируются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>резервный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>списки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отбора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оформляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>решением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>протокола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приемной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="349" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Основной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>список</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>поступивших</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>формируется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приемной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исходя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>количества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>набираемых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>классов-комплектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="121" w:firstLine="734"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Резервный список претендентов формируется из числа участников конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(не более 10-ти человек), не вошедших в основные вакансии по сумме набранных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>убывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="007412BA" w:rsidP="007412BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1523"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="841" w:firstLine="734"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1100" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>зачислению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-117"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оформляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>протоколом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогического</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007412BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>совет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidRDefault="00B2125B" w:rsidP="007412BA">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...10222 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+    <w:sectPr w:rsidR="00B2125B" w:rsidRPr="007412BA" w:rsidSect="00B2125B">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1580" w:right="820" w:bottom="280" w:left="1400" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1F096510"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC661FB8"/>
+    <w:lvl w:ilvl="0" w:tplc="4522C054">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="302" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D17E58FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7F42AF20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2177" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DA3CF366">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3115" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="260045B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="96EED088">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="884EB732">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5931" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A61C2E94">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6870" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="28803414">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7809" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="36853E5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11D2179C"/>
+    <w:lvl w:ilvl="0" w:tplc="25C2041C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="302" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F2648586">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DB86344A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2177" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="520C1FF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3115" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="227A22CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="30ACC7A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C1102322">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5931" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2320C726">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6870" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7C68430E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7809" w:hanging="365"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="43165AEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F66D59E"/>
+    <w:lvl w:ilvl="0" w:tplc="A1329C64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1400" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="23060AAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2228" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B1FC9C8A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3057" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D5FCC9FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3885" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="02442A34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4714" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6A8AC444">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5543" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="12082F82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6371" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F63012E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9CF4B80C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8029" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="64E028E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E88D0C8"/>
+    <w:lvl w:ilvl="0" w:tplc="06066718">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="302" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="77FC940E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5B0C5F70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2177" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DA4C1F24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3115" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="12BC3190">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D3BEADE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C060D62C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5931" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E3C6B458">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6870" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="02A8292C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7809" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="7151021C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EB4F92C"/>
+    <w:lvl w:ilvl="0" w:tplc="BF26A9FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="302" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AEB014DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1238" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D408EC06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2177" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="267A7C22">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3115" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8E76DDE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D504976A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5816BEFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5931" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CBE21B74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6870" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8562A468">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7809" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00B2125B"/>
+    <w:rsid w:val="007412BA"/>
+    <w:rsid w:val="00B2125B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
+    <w:rsid w:val="00B2125B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...74 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...3 lines deleted...]
-    <w:uiPriority w:val="35"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007109C0"/>
+    <w:rsid w:val="00B2125B"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B2125B"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="302"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B2125B"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:ind w:left="302"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
-    <w:name w:val="DocDefaults"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B2125B"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="82"/>
+      <w:ind w:left="302" w:right="180"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="39"/>
+      <w:szCs w:val="39"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B2125B"/>
+    <w:pPr>
+      <w:ind w:left="302" w:right="104" w:firstLine="734"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B2125B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013227" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V030002423_" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>1684</Words>
+  <Characters>9600</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Microsoft</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>11262</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Эльмира</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2020-05-25T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2021-06-15T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>