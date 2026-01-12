--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -1,14272 +1,5785 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000C3A69" w:rsidRPr="00972D5C" w:rsidRDefault="00947423" w:rsidP="000C3A69">
+    <w:p w:rsidR="00ED1C7F" w:rsidRPr="00683683" w:rsidRDefault="00E0052C" w:rsidP="00E0052C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1C7F">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6166339" cy="9472246"/>
+            <wp:extent cx="6225931" cy="8569810"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504 (2).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504 (2).jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6203104" cy="9528722"/>
+                      <a:ext cx="6221940" cy="8564317"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="000C3A69" w:rsidRPr="00972D5C" w:rsidRDefault="000C3A69" w:rsidP="000C3A69">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B7A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED1C7F" w:rsidRPr="00683683" w:rsidRDefault="00ED1C7F" w:rsidP="00E0052C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="004627D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00972D5C">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> 1 бөлім. Жалпы ережелер</w:t>
-[...110 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Коммунальное государственное казённое предприятие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Балақай» отдела образования города Балхаш управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Предприятие) является юридическим лицом в организационно - правовой форме государственного предприятия на праве оперативного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Предприятие создается решением местного исполнительного органа области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Учредителем Предприятия является </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00A00939" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Права субъекта права государственной коммунальной собственности в отношении имущества Предприятия осуществляет государственное учреждение «Управление экономики Карагандинской области». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Органом, осуществляющим управление Предприятием является</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственное учреждение «Отдел образования города Балхаш» управления образования Карагандинской области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Наименование Предприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на государственном (казахском) языке: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...92 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A56ED" w:rsidRPr="00972D5C">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00892009" w:rsidRPr="00972D5C">
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...1068 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...91 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балақай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөбекжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...267 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00972D5C">
-[...202 lines deleted...]
-      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00972D5C">
-[...5705 lines deleted...]
-        <w:t>және</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпорыны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на русском языке: Коммунальное государственное казённое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предприятие «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Балақай» отдела образования города Балхаш управления образования Карагандинской области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Место нахождения предприятия: индекс 100300,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0052C" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">область </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карагандинская, город Балхаш, улица </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>К</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сакена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сейфуллина, здание</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>73.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Юридический статус Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Предприятие имеет самостоятельный баланс, счета в банках в соответствии с законодательством, бланки, печать с изображением Государственного Герба Республики Казахстан и наименованием Предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Предприятие не может создавать юридические лица, а также выступать учредителем (участником) другого юридического лица, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Предприятие может создавать филиалы и представительства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Гражданско-правовые сделки, заключаемые Предприятием и подлежащие обязательной государственной или иной регистрации в соответствии с законодательными актами Республики Казахстан, считаются совершенными с момента регистрации, если иное не предусмотрено законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004131B8" w:rsidRDefault="004131B8" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004131B8" w:rsidRPr="00FC238F" w:rsidRDefault="004131B8" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006477A2" w:rsidRPr="00FC238F" w:rsidRDefault="006477A2" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Предмет и цели деятельности Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Предметом деятельности Предприятия является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>разработка и внедрение оптимальной модели образовательного учреждения, дающего непрерывное дошкольное образование от одного года до приема в первый класс, целью которого является содействие развитию каждого воспитанника, как неповторимой индивидуальности, как субъекта учения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>13. Целью деятельности Предприятия является осуществление образовательной деятельности по общеобразовательным программам дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Основными задачами Предприятия являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>охрана и укрепление физического и психического здоровья детей дошкольного возраста, приобщение их к ценностям здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беспечение интеллектуального и личностного развития детей дошкольного возраста, удовлетворение их интересов, развитие способностей на основе приобщения к общечеловеческим и национальным ценностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>развитие инициативности, любознательности, произвольности и способности к творческому самовыражению детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оздание условий для освоения детьми образовательных программ дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беспечение качественной  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оспитание гражданственности, казахстанского патриотизма, уважения к правам и свободам человека, любви к окружающей природе, Родине, семье;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оздание условий по коррекционной работе для детей с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заимодействие с семьей для обеспечения полноценного развития ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рганизация методической, диагностической и консультативной помощи семьям, воспитывающих детей дошкольного возраста на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Для достижения своих целей предприятие осуществляет следующие виды деятельности: дошкольного воспитания и обучения. Все виды деятельности оказываются после выполнения процедур предусмотренных   Законом Республики Казахстан от 16 мая 2014 года № 202 «О разрешениях и уведомлениях»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>виды дошкольной организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>по возрастному составу воспитанников - ясли - сад для детей от одного года до шести лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A10AC8" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA750D" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>по назначению - комбинированного типа (совмещающего функции общеразвивающего и коррекционного характера);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A10AC8" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по режиму работы - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дневное</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>әсіпорын</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с пятидневной рабочей неделей, графиком работы с 07.30 до 18.00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>часов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  четырех разовым питанием воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основной структурной единицей предприятия является группа воспитанников дошкольного возраста. Группы комплектуются по одновозрастному или разновозрастному принципу. В дошкольной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организации образования, работающей в режиме 9 и (или) 10,5 часов при необходимости может быть создана дежурная г</w:t>
+      </w:r>
+      <w:r w:rsidR="00795777">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>руппа с графиком работы с 07.00 до 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.00 часов. Оплата за работу в данной группе производится в соответствии с трудовым законодательством РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>воспитание и обучение ведется на государственном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и русском </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>прием детей на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>за ребенком сохраняется место в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004627D1" w:rsidRPr="004627D1" w:rsidRDefault="00D23634" w:rsidP="004627D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004627D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>болезни ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="004627D1" w:rsidRDefault="00D23634" w:rsidP="004627D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004627D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лечения и оздоровления ребенка в медицинских, санаторно-курортных и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>предоставление одному из родителей или законных представителей трудового отпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оздоровление ребенка в летний период сроком до двух месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>отчисление детей из дошкольной организации производится руководителем в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>несвоевременной ежемесячной оплаты за содержание ребенка (задержка в оплате более 15 календарных дней от установленного срока оплаты по договору);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>пропуска ребенком более одного месяца без уважительных причин и без предупреждения администрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>при наличии медицинских противопоказаний, препятствующих его пребыванию на основании справки врачебной консультационной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>размер ежемесячной оплаты, взимаемой с родителей или законных представителей за содержание ребенка составляет 100 процентов затрат на питание, независимо от возраста, и устанавливается учредителем предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – образовательный процесс осуществляется в соответствии с программами и учебными планами, разработанными на основе государственного общеобязательного стандарта дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обеспечения эффективного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – образовательного процесса (развитие творческих, духовных и физических возможностей личности ребенка, формирование основ нравственности и здорового образа жизни) дошкольная организация образования дает право педагогам выбирать, применять альтернативные авторские программы, вводить новые технологии воспитания, обучения и оздоровления при условии соблюдения государственного общеобязательного стандарта дошкольного воспитания и обучения;                                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>распорядок дня включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в первой половине дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальную работу с каждым ребенком по диагностике усвоенного материала прошлых занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>создание мотиваций предстоящей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подгрупповое обучение различным видам игр, продуктивным видам деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учебные занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельность на прогулке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во второй половине дня продолжается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучение дошкольников по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующим разделам: коллективные виды деятельности по интересам, развлечения, прогулка и постепенный уход детей домой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательная работа осуществляется педагогическими сотрудниками с учетом следующих условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="006A3190" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прогнозирование ребенком и взрослым успешного результата своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="006A3190" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свобода выбора видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="006A3190" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоциональная насыщенность жизни ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="006A3190" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сочетание игровых и неигровых приемов работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="006A3190" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>значимость речи, языка в формировании самосознания и стратегии поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинское обслуживание воспитанников осуществляется медицинским персоналом (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> штатного расписания), который, наряду с администрацией дошкольной организации образования несет ответственность за здоровье и физическое развитие детей, проведение лечебно-профилактических мероприятий, соблюдения санитарно-гигиенических норм, режима дня, качество питания воспитанников, дозировку физический и умственных нагрузок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>религиозное и атеистическое воспитание в любых формах не допускается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно требованиям государственного общеобязательного стандарта проводится контроль знаний детей для определения уровня готовности к обучению в школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>взаимоотношения между предприятием и родителями, или лицами их заменяющими, регулируются договором, который заключается при зачислении ребенка в организацию образования. В договоре определяется режим посещения ребенком организации образования, кратность питания, уровень и сроки предоставления образовательных, оздоровительных услуг, размер оплаты за содержание ребенка в организации образования, дополнительные платные услуги и иные условия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предприятие обеспечивают сбалансированное питание детей. Питание детей проводится с учетом возрастных особенностей, режима работы, кратность его определяется санитарно-эпидемиологическими требованиями и уставом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предприятие оказывает в порядке, установленном директором  организации образования, дополнительные платные услуги образовательного, оздоровительного характера. Поступившие средства от платных услуг могут быть направлены на начисление заработной платы специалистам, приобретение инструментария, создание соответствующей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>развивающей среды, выделяться на премирование работников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в целях социально-педагогической поддержки семьи и ребенка, для родителей, дети которых не охвачены дошкольным воспитанием и обучением, создаются консультационные пункты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>управление организацией образования строится на принципах единоначалия и коллегиального управления. Формами коллегиального управления являются советы: педагогический, попечительский;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>во время обеспечения воспитательно-образовательного процесса каждому   ребенку гарантируется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) охрана его жизни и здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) защита его достоинства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) защита от всех форм физического, морального или психического насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) развитие его творческих способностей и интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) качественная </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>бюджетінен</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольная</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00570D0D" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получение квалифицированной помощи в коррекции имеющихся недостатков в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="003F0AB3" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получение дополнительных образовательных, оздоровительных услуг, согласно его склонностям, способностям, желанию и состоянию здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>родители или лица их заменяющие имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получать объективную информацию об освоении воспитанниками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- образовательных программ и условий организации </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>қаржыландырылатын</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получать квалифицированную консультацию по проблемам воспитания и образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организовывать досуг детей и контролировать их поведение в свободное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требовать предоставления воспитанникам качественного присмотра, ухода, воспитания и развития, определяемые настоящим уставом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участвовать в работе органов управления организацией образования через попечительский совет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вносить предложения по улучшению работы с детьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обращаться к администрации дошкольной организации образования для разрешения конфликтных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>родители или лица их заменяющие обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поддерживать связь с работниками и руководством организацией образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>создавать условия дома для успешного воспитания детей, обеспечивать развитие их интеллектуальных и физических сил, нравственного становления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соблюдать режим работы организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00472E11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своевременно вносить плату за содержание ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>возмещать материальный ущерб, нанесенный воспитанником организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уважать честь, достоинство и права работников организации образования, воспитанников, других родителей, или лиц их заменяющих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнять решения попечительского совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1D93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивать посещение ребенком организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предприятие не вправе осуществлять деятельность, а также совершать сделки, не отвечающие предмету и цели его деятельности, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>закрепленными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в настоящем уставе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472E11" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16.</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сделка, совершенная Предприятием в противоречии с целями деятельности, определенно ограниченными законами Республики Казахстан или учредительными документами, либо с нарушением уставной компетенции руководителя, может быть признана недействительной по иску учредителя, государственного учреждения «Управление экономики Карагандинской области», государственного учреждения «Отдел образования города Балхаш» управления образования Карагандинской области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. Управление Предприятием</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>жұмыстардың</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Акимат</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области принимает решения о создании, реорганизации и ликвидации Предприятия, а также осуществляет иные функции, предусмотренные для учредителя Предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Государственное учреждение «Управление экономики Карагандинской области» вносит изменения и дополнения в учредительные документы Предприятия, а также осуществляет иные функции, предусмотренные для субъекта права государственной коммунальной собственности в отношении имущества Предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19. Государственное учреждение «Отдел образования города Балхаш» управления образования Карагандинской области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) назначает руководителя Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="006477A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) рассматривает, согласовывает и утверждает планы развития Предприятия и отчеты по их исполнению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00527958">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет контроль и анализ выполнения планов развития Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="006477A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет иные полномочия, возложенные на него настоящим уставом и иным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20. Непосредственным руководителем Предприятия являются - директор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Руководитель государственного учреждения «Отдел образования города Балхаш» управления образования Карагандинской области оформляет трудовые отношения с руководителем Предприятия посредством заключения трудового договора в соответствии с Трудовым кодексом Республики Казахстан и Правилами назначения руководителей государственных организаций образования, утверждённых уполномоченным органом, в области образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>22. Руководитель Предприятия действует на принципах единоначалия и самостоятельно решает все вопросы деятельности Предприятия в соответствии с его компетенцией, определяемой законодательством и настоящим уставом, если иное не предусмотрено законодательством и уставом предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Руководитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) без доверенности действует от имени Предприятия и представляет его интересы во всех органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в пределах, установленных законодательством Республики Казахстан, распоряжается имуществом Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) заключает договоры и совершает иные сделки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) выдает доверенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) открывает банковские счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) издает приказы и дает указания, обязательные для всех работников Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) в соответствии с Трудовым кодексом Республики Казахстан принимает на работу и расторгает трудовой договор с работниками Предприятия, применяет меры поощрения и налагает взыскания на них, если иное не предусмотрено законодательством Республики Казахстан и настоящим уставом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) представляет для согласования (назначение и освобождение от должности) руководителю государственного учреждения «Отдел образования города Балхаш» управления образования Карагандинской области кандидатуры своих заместителей и главного бухгалтера (при наличии в штатном расписании);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) устанавливает компетенцию своих заместителей и других руководящих работников Предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00E96187" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23634" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) несет персональную ответственность за финансово-хозяйственную деятельность и сохранность имущества предприятия, несвоевременные перечисления установленной части чистого дохода в бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A3190" w:rsidRDefault="00D23634" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11) организует работу по соблюдению антикоррупционного законодательства, в том числе принимает меры по профилактике и предотвращению коррупции в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет иные функции, предусмотренные законодательством Республи</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10AC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5" w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F274F5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006477A2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00F274F5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B4001" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. В случаях признания Предприятия банкротом или применения реабилитационной процедуры и назначения временного, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>қызметтердің</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>банкротного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или реабилитационного управляющего в порядке, установленном законодательным актом Республики Казахстан о реабилитации и банкротстве, все полномочия по управлению им переходят соответственно к временному, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
-[...6 lines deleted...]
-        <w:t>қажетті</w:t>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>банкротному</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C3A69" w:rsidRPr="00972D5C">
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или реабилитационному управляющему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A4027F" w:rsidRDefault="00A4027F" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4027F" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. Имущество Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A4027F" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25. Имущество Предприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4027F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляют активы Предприятия,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стоимость</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых отражается на его балансе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>26. Имущество Предприятия является неделимым и не может быть распределено по вкладам (долям участия в уставном капитале, паям), в том числе между работниками Предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Имущество Предприятия формируется за счет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) имущества, переданного ему собственником;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) имущества (включая денежные доходы), приобретенного в результате собственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. В ведении Предприятия может находиться лишь то имущество, которое либо необходимо ему для обеспечения деятельности, предусмотренной его уставными целями, либо является продуктом этой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Приобретение и прекращение права оперативного управления осуществляются на условиях и в порядке, которые предусмотрены Гражданским кодексом Республики Казахстан для приобретения и прекращения права собственности и иных вещных прав, если иное не предусмотрено настоящим уставом или не противоречит природе данного вещного права.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Плоды, продукция и доходы от использования имущества, находящегося в оперативном управлении, а также имущество, приобретенное Предприятием по договорам или иным основаниям, поступают в оперативное управление Предприятия в порядке, установленном законодательством Республики Казахстан для приобретения права собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31. Право оперативного управления на имущество, в отношении которого собственником принято решение о закреплении его за Предприятием, возникает у Предприятия в момент закрепления имущества на его балансе, если иное не установлено законодательством Республики Казахстан или решением учредителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>32. Предприятие не имеет право отчуждать на основании договоров купли-продажи, мены, дарения имущество, относящееся к основным средствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>33. Право оперативного управления на имущество Предприятия прекращается по основаниям и в порядке, которые предусмотрены статьей 249 Гражданского кодекса Республики Казахстан для прекращения права собственности, а также в случаях, предусмотренных статьями 144, 154, 162 Закона Республики Казахстан «О государственном имуществе».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Предприятие на праве оперативного управления вправе отчуждать или иным способом распоряжаться закрепленным за ним имуществом, относящимся к основным средствам, передавать и списывать дебиторскую задолженность лишь с письменного согласия государственного учреждения «Управление экономики Карагандинской области».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A4027F" w:rsidRDefault="00D23634" w:rsidP="00472E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предприятие самостоятельно распоряжается не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>относящимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC238F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="001B4001" w:rsidRDefault="00D23634" w:rsidP="00A4027F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к основным средствам движимым имуществом, закрепленным за ним на праве оперативного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472E11" w:rsidRPr="00FC238F" w:rsidRDefault="00472E11" w:rsidP="00472E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 6. Финансирование деятельности Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>36. Деятельность Предприятия финансируется в соответствии с планом развития за счет собственного дохода и бюджетных средств, полученных в порядке, определенном бюджетным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Предприятие оказывает платные образовательные услуги, в соответствии с законодательством Республики Казахстан. Стоимость таких услуг, определяется учредителем Предприятия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>38. Доходы, полученные Предприятием от совершения деятельности, запрещенной законодательством Республики Казахстан, не предусмотренной уставом, а также доходы, полученные в результате завышения установленных цен на реализуемые товары (работы, услуги), созданные за счет финансирования из бюджета, подлежат изъятию в бюджет в порядке, определяемом законодательством Республики Казахстан. В случае выявления фактов использования имущества без соответствующего его отражения по правилам бухгалтерского учета оно также подлежит изъятию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 7. Уставный капитал Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>39. Уставный капитал Предприятия на праве оперативного управления формируется из имущества, полученного от собственника в управление для осуществления уставной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 8. Учет и отчетность Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00FC238F" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>40. Ведение бухгалтерского учета и составление финансовой отчетности Предприятия осуществляется в соответствии с законодательством о бухгалтерском учете и финансовой отчетности Республики Казахстан и учетной политикой, международными стандартами финансовой отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E96187" w:rsidRDefault="00D23634" w:rsidP="006A3190">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Годовая финансовая отчетность Предприятия включает в себя: бухгалтерский баланс, отчет о прибылях и убытках, отчет о движении денежных средств, отчет об изменениях в капитале, пояснительную записку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E96187" w:rsidRPr="00FC238F" w:rsidRDefault="00E96187" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D23634" w:rsidRPr="00E96187" w:rsidRDefault="00D23634" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 9. Ответственность Предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00683683" w:rsidRDefault="00D23634" w:rsidP="00683683">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5893 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>42. Предприятие отвечает по своим обязательствам, находящимся в его распоряжении деньгами. Обращение взыскания на остальное имущество казенного предприятия не допускается, за исключением случаев ликвидации этого юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00683683" w:rsidRDefault="00683683" w:rsidP="00683683">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC238F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предприятие не отвечает по обязательствам государства. При недостаточности денег субсидиарную ответственность по его обязательствам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00002828" w:rsidRPr="00683683" w:rsidRDefault="00683683" w:rsidP="00683683">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6378498" cy="8761200"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2775DBDC" wp14:editId="6F804A34">
+            <wp:extent cx="6355080" cy="8746022"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210511 (2).png"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210511.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210511 (2).png"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210511.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6386391" cy="8772041"/>
+                      <a:ext cx="6351006" cy="8740416"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED1C7F" w:rsidRPr="00ED1C7F" w:rsidRDefault="00ED1C7F" w:rsidP="00527958">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6377940" cy="8779047"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504 (3).jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\аввв\Pictures\Сканы\Скан_20210504 (3).jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6380966" cy="8783212"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00FA3C86" w:rsidRPr="00972D5C" w:rsidSect="00900389">
-[...3 lines deleted...]
-      <w:pgNumType w:start="1"/>
+    <w:sectPr w:rsidR="00ED1C7F" w:rsidRPr="00ED1C7F" w:rsidSect="00A4027F">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="12"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A46B9D" w:rsidRDefault="00A46B9D" w:rsidP="00BE7337">
+    <w:p w:rsidR="000C04D1" w:rsidRDefault="000C04D1" w:rsidP="00333732">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A46B9D" w:rsidRDefault="00A46B9D" w:rsidP="00BE7337">
+    <w:p w:rsidR="000C04D1" w:rsidRDefault="000C04D1" w:rsidP="00333732">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A46B9D" w:rsidRDefault="00A46B9D" w:rsidP="00BE7337">
+    <w:p w:rsidR="000C04D1" w:rsidRDefault="000C04D1" w:rsidP="00333732">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A46B9D" w:rsidRDefault="00A46B9D" w:rsidP="00BE7337">
+    <w:p w:rsidR="000C04D1" w:rsidRDefault="000C04D1" w:rsidP="00333732">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:id w:val="35536774"/>
+      <w:id w:val="35536724"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0058331A" w:rsidRPr="00BE7337" w:rsidRDefault="006A6D65">
+      <w:p w:rsidR="00E0052C" w:rsidRPr="004131B8" w:rsidRDefault="00E0052C">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00BE7337">
+        <w:r w:rsidRPr="004131B8">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0058331A" w:rsidRPr="00BE7337">
+        <w:r w:rsidRPr="004131B8">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00BE7337">
+        <w:r w:rsidRPr="004131B8">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00FA3C86">
+        <w:r w:rsidR="00683683">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>22</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BE7337">
+        <w:r w:rsidRPr="004131B8">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0058331A" w:rsidRDefault="0058331A">
+  <w:p w:rsidR="00E0052C" w:rsidRPr="004131B8" w:rsidRDefault="00E0052C">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00E0052C" w:rsidRPr="004131B8" w:rsidRDefault="00E0052C">
+    <w:pPr>
+      <w:pStyle w:val="a4"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00E0052C" w:rsidRDefault="00E0052C">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="4E1A752F"/>
+    <w:nsid w:val="61D153E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CB74C352"/>
-    <w:lvl w:ilvl="0" w:tplc="838C0A70">
+    <w:tmpl w:val="CF244D16"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1512" w:hanging="945"/>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="6EE876A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8B48CE4"/>
+    <w:lvl w:ilvl="0" w:tplc="4B14A626">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="957" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -14301,209 +5814,128 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...84 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="43"/>
+  <w:zoom w:percent="21"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C3A69"/>
+    <w:rsidRoot w:val="00D23634"/>
     <w:rsid w:val="00002828"/>
-    <w:rsid w:val="00043810"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001125B8"/>
+    <w:rsid w:val="000C04D1"/>
     <w:rsid w:val="00115DD4"/>
-    <w:rsid w:val="00135568"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00343900"/>
+    <w:rsid w:val="001B4001"/>
+    <w:rsid w:val="001E20C3"/>
+    <w:rsid w:val="00333732"/>
+    <w:rsid w:val="0037269B"/>
     <w:rsid w:val="003824E8"/>
-    <w:rsid w:val="0042139C"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00B7703A"/>
+    <w:rsid w:val="003F0AB3"/>
+    <w:rsid w:val="004131B8"/>
+    <w:rsid w:val="004627D1"/>
+    <w:rsid w:val="00472E11"/>
+    <w:rsid w:val="00527958"/>
+    <w:rsid w:val="00544640"/>
+    <w:rsid w:val="00570D0D"/>
+    <w:rsid w:val="005A4EC8"/>
+    <w:rsid w:val="006477A2"/>
+    <w:rsid w:val="00683683"/>
+    <w:rsid w:val="006A3190"/>
+    <w:rsid w:val="007635DE"/>
+    <w:rsid w:val="00795777"/>
+    <w:rsid w:val="007A1D93"/>
+    <w:rsid w:val="007A793C"/>
+    <w:rsid w:val="00842F0E"/>
+    <w:rsid w:val="00976E8A"/>
+    <w:rsid w:val="00977F94"/>
+    <w:rsid w:val="009A5BEB"/>
+    <w:rsid w:val="009C3E79"/>
+    <w:rsid w:val="00A00939"/>
+    <w:rsid w:val="00A10AC8"/>
+    <w:rsid w:val="00A27B7A"/>
+    <w:rsid w:val="00A33BE0"/>
+    <w:rsid w:val="00A4027F"/>
     <w:rsid w:val="00BA075D"/>
-    <w:rsid w:val="00BE7337"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D778A8"/>
+    <w:rsid w:val="00BE59E6"/>
+    <w:rsid w:val="00CE4B75"/>
+    <w:rsid w:val="00D23634"/>
+    <w:rsid w:val="00E0052C"/>
     <w:rsid w:val="00E21EEC"/>
-    <w:rsid w:val="00FA3C86"/>
+    <w:rsid w:val="00E96187"/>
+    <w:rsid w:val="00ED1C7F"/>
+    <w:rsid w:val="00F274F5"/>
+    <w:rsid w:val="00F46768"/>
+    <w:rsid w:val="00FA750D"/>
+    <w:rsid w:val="00FC238F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14646,172 +6078,172 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C3A69"/>
+    <w:rsid w:val="00D23634"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0042139C"/>
+    <w:rsid w:val="00D23634"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE7337"/>
+    <w:rsid w:val="00333732"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE7337"/>
+    <w:rsid w:val="00333732"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE7337"/>
+    <w:rsid w:val="00333732"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BE7337"/>
+    <w:rsid w:val="00333732"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00947423"/>
+    <w:rsid w:val="00ED1C7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00947423"/>
+    <w:rsid w:val="00ED1C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -14977,51 +6409,51 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15268,66 +6700,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3192</Words>
-  <Characters>18200</Characters>
+  <Words>3469</Words>
+  <Characters>19776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21350</CharactersWithSpaces>
+  <CharactersWithSpaces>23199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Direktor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>