--- v0 (2026-01-03)
+++ v1 (2026-03-18)
@@ -4,7872 +4,13175 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C37EE9" w:rsidRDefault="00C37EE9" w:rsidP="00B30E7F">
+    <w:p w:rsidR="005B1D0D" w:rsidRDefault="005B1D0D" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C37EE9" w:rsidRDefault="00C37EE9" w:rsidP="00C37EE9">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005B1D0D" w:rsidRDefault="005B1D0D" w:rsidP="005B1D0D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:467.2pt;height:694.15pt">
-            <v:imagedata r:id="rId8" o:title="3ру положен"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:467.2pt;height:702.8pt">
+            <v:imagedata r:id="rId8" o:title="3кз положен"/>
           </v:shape>
         </w:pict>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="005B1D0D" w:rsidRDefault="005B1D0D" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="005B1D0D" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Председатель Агентства </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЕК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІТЕМІН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="005B1D0D" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="005B1D0D" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>по противодействию коррупции</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыбайлас жемқорлыққа қарсы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="005B1D0D" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>(Антикоррупционной службы)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">генттігінің </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> А.Ж. ____________</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Сыбайлас жемқорлыққа қарсы қызмет)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төрағасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Ж. Шпекбаев ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 жыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «__» ________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-        <w:t>от «__» _______ 2020 года</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Квазимемлекеттік сектор субъектілерінде сыбайлас жемқорлыққа қарсы комплаенс институтын ұйымдастыру жөніндегі әдістемелік ұсынымдар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...87 lines deleted...]
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...249 lines deleted...]
-        <w:t xml:space="preserve"> сектора.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектілерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>институтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектілерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жәрдем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектілерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саясатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірленді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...52 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәжірибені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипатта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-      <w:pPr>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-        <w:t>применяются в следующем значении:</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынымдарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұғымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мынадай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мағынада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімшелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003C2C23">
-[...7 lines deleted...]
-        <w:t>антикоррупционный</w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003C2C23">
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> на одно из подразделений </w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүктелетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыскер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> сектора;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функция;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="00321391" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> с ними в соответствии с законодательными актами Республики Казахстан;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>субъектілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әсіпорындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жауапкершілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шектеулі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>серіктестіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>акционерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қоғамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>құрылтайшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>акционері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>холдингтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>холдингтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>компаниялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>еншілес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>заңнамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>актiлерiне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>олармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>үлестес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="00321391" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мүдделер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қақтығысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>атқаратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>уәкілеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>теңесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ілеттіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>міндетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>орындамауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>інше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>орындамауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұзушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қылмыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауаптылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кінәлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00321391">
-[...5 lines deleted...]
-        <w:t>котором</w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00321391">
-[...14 lines deleted...]
-        <w:t>неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00F7228A" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәуекелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұзушылықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себептер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00F7228A" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жемқорлықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шаралары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бұзушылықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>себептер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жағдайларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шектеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7228A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақсаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағидаттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z45"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектілерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс-қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімшелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компанияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">дрения </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаен</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>системы</w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> превентивных мер.</w:t>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...3298 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...37 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыртқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реттеушілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практиканың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақталуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="780"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...27 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақталуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="780"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="780"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> сектора информацию и материалы, в том числе составляющие коммерческую и служебную тайну, в рамках утвержденных процедур, регламентированных внутренними документами организации;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...214 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...49 lines deleted...]
-        <w:t>нарушениях законодательства Республики Казахстан о противодействии коррупции;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенстің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиімділігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүдделілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...38 lines deleted...]
-        <w:t>участвовать в разработке проектов государственных программ, нормативных правовых актов и их реализации в пределах своей компетенции;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілеттіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткіліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">организовывать и проводить совещания по вопросам, относящимся к их компетенции; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүйелілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...6 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...150 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашықтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="00910F90" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...6 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...99 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үздіксіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...231 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетілдіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс-қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дің жұмысын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...58 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="00245657" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...645 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...230 lines deleted...]
-        <w:t xml:space="preserve"> на другую должность, а также при повышении квалификации (не реже 1 раза в год). </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Квазимемлекеттік сектор субъектісінің құрылымдық бөлімшесіне сыбайлас жемқорлыққа қарсы комплаенс функцияларын жүктеу туралы шешімді квазимемлекеттік сектор субъектісінің басшысы немесе алқалы атқарушы органы (болған кезде) қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003C2C23" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> самостоятельно (лекции, семинары, тренинги).</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы комплаенс-қызмет туралы тиісті акт квазимемлекеттік сектор субъектісінің ресми интернет-ресурсында орналастырылады және ұйымның барлық жұмыскерлерінің назарына жеткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003E3D4E" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...154 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Сыбайлас жемқорлыққа қарсы комплаенсті жүзеге асыруға тартылған квазимемлекеттік сектор субъектісі жұмыскерлерінің санын ұйымның штат санына байланысты және ұйымның барлық бөлімшелерінде, оның ішінде квазимемлекеттік сектор субъектісінің еншілес ұйымдарында, филиалдарында, өкілдіктерінде және өзге де оқшауланған бөлімшелерінде сыбайлас жемқорлыққа қарсы комплаенс-қызметтің функциялары мен міндеттерін тиімді орындау үшін қажетті мөлшерде айқындаған жөн.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...94 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...98 lines deleted...]
-        <w:t>:</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Сыбайлас жемқорлыққа қарсы комплаенс-қызметтің алқалы органға (болған жағдайда) немесе Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасы нормаларының сақталуын бақылауды жүзеге асыруға уәкілеттік берілген өзге де адамға есеп беруін қамтамасыз ету ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Сыбайлас жемқорлыққа қарсы комплаенс-қызмет</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t>лиц</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыскерінің функционалдық міндетте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...151 lines deleted...]
-        <w:t xml:space="preserve"> сектора;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рін, құқықтары мен жауапкершілігін оның лауазымдық нұсқаулығында не жұмыскерлердің қызметтік құқықтары мен міндеттерін айқындайтын өзге де құжаттарда айқындаған жөн.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRPr="003E3D4E" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. Сыбайлас жемқорлыққа қарсы комплаенс-қызмет</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t>ежегодно к 10 числу месяца, следующего за отчетным периодом</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мынадай функцияларды жүктеу ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) квазимемлекеттік сектор субъектісінде сыбайлас жемқорлыққа қарсы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл мәселелері бойынша ішкі құжаттарды әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) сыбайлас жемқорлыққа қарсы комплаенс саласындағы стандарттар мен саясатты әзірлеу және жаңғырту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) сыбайлас жемқорлыққа қарсы іс-қимыл және сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру мәселелері бойынша түсіндіру іс-шараларын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...170 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) мүдделер қақтығысын анықтау, мониторингтеу және реттеу бойынша шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік функцияларды орындауға уәкілеттік берілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамдарға теңестірілген адамдар санатына жататын квазимемлекеттік сектор субъектісі жұмыскерлерінің сыбайлас жемқорлыққа қарсы шектеулерді Заңға сәйкес сақтауы тұрғысынан мониторинг жүргізу;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) корпоративтік әдеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құныдылықтарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) квазимемлекеттік сектор субъектісі жұмыскерлерінің сыбайлас жемқорлыққа қарсы заңнаманы, сондай-ақ корпоративтік Әдеп кодексін (болған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) сақтауын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) «Сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізудің үлгілік қағидаларын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 19 қазандағы №12 бұйрығына сәйкес азаматтық және бизнес-қоғамдастық институттарының өкілдерін тарта отырып, сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сыбайлас жемқорлық тәуекелдеріне жүргізілген ішкі талдау нәтижелері туралы ақпаратты жария ашуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) сыбайлас жемқорлық фактілері туралы өтініштер (шағымдар) негізінде қызметтік тексерулер жүргізу және/немесе оларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) квазимемлекеттік сектор субъектісінің қызметіндегі сыбайлас жемқорлық тәуекелдерін төмендету жөніндегі жұмысты үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12) квазимемлекеттік сектор субъектісінің қызметіндегі сыбайлас жемқорлық тәуекелдеріне сыртқы талдау жүргізу кезінде сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органға жәрдем көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13) сыбайлас жемқорлыққа қарсы заңнамадағы, сыбайлас жемқорлыққа байланысты істер бойынша сот практикасындағы өзгерістерді мониторингтеу және талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) квазимемлекеттік сектор субъектісі жасасатын азаматтық-құқықтық шарттарға, оның ішінде сатып алу туралы шарттарға шарт тараптарының сыбайлас жемқорлыққа қарсы заңнаманың, іскерлік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әдеп пен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парасаттылықтың нормаларын, адал бәсекелестік қағидаттарын міндетті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уын көздейтін ережелерді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосуды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13. Жүктелген міндеттерді іске асыру үшін сыбайлас жемқорлыққа қарсы комплаенс-қызметке мынадай құқықтар мен міндетте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рді беру ұсынылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) ұйымның ішкі құжаттарымен регламенттелген, бекітілген рәсімдер шеңберінде квазимемлекеттік сектор субъектісінің құрылымдық бөлімшелерінен ақпарат пен материалдарды, оның ішінде коммерциялық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және қызметтік құпияны құрайтын ақпарат пен материалдарды сұрата және ала алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құзыретіне жататын мәселелерді квазимемлекеттік сектор субъектісі басшысының немесе сыбайлас жемқорлыққа қарсы комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лаенс-қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есеп беретін өзге тұлғаның (органның) қарауына шығаруға бастамашылық жасай алады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) ықтимал сыбайлас жемқорлық құқық бұзушылықтар немесе Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасын бұзушылықтар туралы келіп түскен хабарламалар бойынша қызметтік тексерулер жүргізуге бастамашылық жасай алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) мемлекеттік бағдарламалардың, нормативтік құқықтық актілердің жобаларын әзірлеуге және оларды өз құзыреті шегінде іске асыруға қатыса алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құзыретіне жататын мәселелер бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәжілістер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыра және өткізе алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) квазимемлекеттік сектор субъектісі және оның үлестес тұлғалары туралы ақпараттың, сыбайлас жемқорлыққа қарсы комплаенс-қызмет функцияларын жүзеге асыру кезеңінде белгілі болған инсайдерлік ақпараттың құпиялылығын сақтауға міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) сыбайлас жемқорлықтың, корпоративтік Әдеп кодексін және сыбайлас жемқорлыққа қарсы комплаенс мәселелері бойынша өзге де ішкі саясаттар мен рәсімдерді бұзудың болжамды немесе нақты фактілері бойынша сыбайлас жемқорлыққа қарсы комплаенс-қызметіне жүгінген адамдардың құпиялылығын қамтамасыз етуге міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнаманы бұзудың болуына немесе ықтимал мүмкіндігіне байланысты кез келген жағдайлар туралы квазимемлекеттік сектор субъектісінің басшысын және/немесе сыбайлас жемқорлыққа қарсы комплаенс-қызмет есеп беретін өзге де адамды (органды) уақтылы хабардар етуге міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де әрекеттерді жүзеге асыра алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14. Сыбайлас жемқорлыққа қарсы комплаенс-қызметке азаматтар тиісті квазимемлекеттік сектор субъектісінде сыбайлас жемқорлыққа қарсы заңнаманы бұзудың орын алған немесе ықтимал мүмкіндігі туралы ақпаратты хабарлай алатын, сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі іс-шаралардың тиімділігін арттыру жөнінде ұсыныстар енгізе алатын ақпарат арналарын (мысал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сенім телефоны немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«қауырт желі»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құру ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15. Сыбайлас жемқорлық комплаенс-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыскері мүдделер қақтығысына (қаржылық, мүліктік, туыстық немесе өткізілетін іс-шара шеңберінде қандай да бір өзге мүдделіліктің болуы) әкеп соқтыруы мүмкін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-шараларға (тексерулерге, қызметтік тергеулерге және т.б.) қатыспауы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16. Сыбайлас жемқорлыққа қарсы комплаенс-қызметі ұйым жұмыскерлерін жұмысқа қаб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылданған сәттен бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа лауазымға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тағайындалған кезде, сондай-ақ біліктілігін арттырған кезде (жылына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кемінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 рет) сыбайлас жемқорлыққа қарсы заңнама талаптарына жүйелі оқытуды қамтамасыз етуі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқыту нысандарын өткізу әдістерін (дәрістер, семинарлар, тренингтер)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлыққа қарсы комплаенс-қызмет дербес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17. Сыбайлас жемқорлыққа қарсы комлаенс-қызметтердің мемлекеттік органдармен өзара іс-қимыл тәртібі қолданыстағы заңнамаға сәйкес квазимемлекеттік сектор субъектісінің ішкі құжаттарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18. Сыбайлас жемқорлыққа қарсы комплаенс-қызметтерге әдістемелік және ақпараттық қолдауды сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган мен оның аумақтық бөлімшелері көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19. Сыбайлас жемқорлыққа қарсы комплаенс-қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлықт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдын ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а сақтандыру жөнінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізілген іс-шаралар бойынша есеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сыбайлас жемқорлыққа қарсы комплаенс-қызметі есеп беретін адамға (органға), сондай-ақ квазимемлекеттік сектор субъектісінің басшысына тоқсан сайын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жолдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жыл сайын есепті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңнен кейінгі айдың 10-күніне квазимемлекеттік сектор субъектісінің ресми интернет-ресурсында орналастыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у ұсынылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20. Квазимемлекеттік сектор субъектісіне сыбайлас жемқорлықт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдын ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а сақтандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6114">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша жүргізіліп жатқан іс-шаралар туралы өзінің контрагенттерін, іскерлік әріптестерін, азаматтық қоғам институттарын тұрақты негізде хабардар ету ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="00FD6114" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRPr="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B30E7F" w:rsidRDefault="00B30E7F" w:rsidP="00B30E7F">
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA7DE2" w:rsidRDefault="00FA7DE2"/>
-    <w:sectPr w:rsidR="00FA7DE2" w:rsidSect="00C2622D">
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008724C2" w:rsidRDefault="008724C2" w:rsidP="008724C2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008724C2" w:rsidSect="00C2622D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008E0054" w:rsidRDefault="008E0054" w:rsidP="00B30E7F">
+    <w:p w:rsidR="002F16BA" w:rsidRDefault="002F16BA" w:rsidP="00C2622D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008E0054" w:rsidRDefault="008E0054" w:rsidP="00B30E7F">
+    <w:p w:rsidR="002F16BA" w:rsidRDefault="002F16BA" w:rsidP="00C2622D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008E0054" w:rsidRDefault="008E0054" w:rsidP="00B30E7F">
+    <w:p w:rsidR="002F16BA" w:rsidRDefault="002F16BA" w:rsidP="00C2622D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008E0054" w:rsidRDefault="008E0054" w:rsidP="00B30E7F">
+    <w:p w:rsidR="002F16BA" w:rsidRDefault="002F16BA" w:rsidP="00C2622D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1DA61FB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68C852EA"/>
+    <w:lvl w:ilvl="0" w:tplc="C7E06238">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="28C0007F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B59EE250"/>
     <w:lvl w:ilvl="0" w:tplc="67467DEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="730AD598">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1864" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -7920,51 +13223,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="3CAE1842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC223EB4"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8006,51 +13309,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="445373D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71AAEA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="89922016">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1530" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="445F2947"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D66C64EE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8095,51 +13487,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="49AA452A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13B456BE"/>
     <w:lvl w:ilvl="0" w:tplc="DC5C7714">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1144" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="110A06C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
@@ -8190,51 +13582,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="642A6A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="466C16C8"/>
     <w:lvl w:ilvl="0" w:tplc="A26A5FA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8279,51 +13671,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="6A306F63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FEED38A"/>
     <w:lvl w:ilvl="0" w:tplc="3EC6AF46">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="801" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8369,51 +13761,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="6D3F490F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8E40F94"/>
     <w:lvl w:ilvl="0" w:tplc="3FA4E75A">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8459,137 +13851,368 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D90328"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FA7DE2"/>
+    <w:rsidRoot w:val="008724C2"/>
+    <w:rsid w:val="001C5525"/>
+    <w:rsid w:val="002F16BA"/>
+    <w:rsid w:val="005B1D0D"/>
+    <w:rsid w:val="00654B1F"/>
+    <w:rsid w:val="00741CAF"/>
+    <w:rsid w:val="008724C2"/>
+    <w:rsid w:val="00C2622D"/>
+    <w:rsid w:val="00F80F5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2622D"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008724C2"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008724C2"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8696,454 +14319,137 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B30E7F"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...312 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9178,222 +14484,209 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1838</Words>
-  <Characters>10480</Characters>
+  <Words>1948</Words>
+  <Characters>11110</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12294</CharactersWithSpaces>
+  <CharactersWithSpaces>13032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Меруерт Карбозова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>