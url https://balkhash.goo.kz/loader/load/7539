--- v0 (2025-12-11)
+++ v1 (2025-12-16)
@@ -1,10921 +1,25402 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00E65A51" w:rsidRDefault="00026E8A" w:rsidP="006A6AF6">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="005A753D" w:rsidP="004F1853">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2614295</wp:posOffset>
+                  <wp:posOffset>2815590</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-241300</wp:posOffset>
+                  <wp:posOffset>-191770</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="520700" cy="287020"/>
-                <wp:effectExtent l="0" t="0" r="12700" b="17780"/>
+                <wp:extent cx="274320" cy="280670"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="24130"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Прямоугольник 2"/>
+                <wp:docPr id="1" name="Овал 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="520700" cy="287020"/>
+                          <a:ext cx="274320" cy="280670"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
+                        <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="accent5"/>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="accent5"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
+                <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
-                <wp14:sizeRelV relativeFrom="page">
+                <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Прямоугольник 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:205.85pt;margin-top:-19pt;width:41pt;height:22.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEYrQtpgIAAHMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdDerlpZVN1XUqggp&#10;aitS1LPjtZNVvR5jO3+ckLgi8Qg8BBfET59h80aMvdmklIoD4mJ5PPPNn7+Z45NlrchcWFeBLmhv&#10;L6VEaA5lpScFfXN9/uyIEueZLpkCLQq6Eo6e9J8+OV6YXGQwBVUKS9CJdvnCFHTqvcmTxPGpqJnb&#10;AyM0KiXYmnkU7SQpLVug91olWZo+TxZgS2OBC+fw9axV0n70L6Xg/lJKJzxRBcXcfDxtPMfhTPrH&#10;LJ9YZqYV36TB/iGLmlUag25dnTHPyMxWf7iqK27BgfR7HOoEpKy4iDVgNb30QTWjKTMi1oLNcWbb&#10;Jvf/3PKL+ZUlVVnQjBLNavyi5vP6/fpT86O5W39ovjR3zff1x+Zn87X5RrLQr4VxOcJG5sqGip0Z&#10;Ar91qEh+0wTBbWyW0tbBFusly9j81bb5YukJx8eDLD1M8Ys4qrKjwzSLn5OwvAMb6/xLATUJl4Ja&#10;/NvYcjYfOh/Cs7wzCbGUjtmBqsrzSqkoBFaJU2XJnCEfxpNeqAdxbmeFUkDGWtr0YyF+pUTr9bWQ&#10;2C9MOIvRI1N3PsvbzqfSaBkgEqNvQb3HQMp3oI1tgInI3i0wfQy4i7a1jhFB+y2wrjTYv4Nla99V&#10;3dYayh5DuUJ6WGjnxhl+XmHzh8z5K2ZxUPC/cPj9JR5SwaKgsLlRMgX77rH3YI/8RS0lCxy8grq3&#10;M2YFJeqVRma/6O3vh0mNwv7BIfKA2Pua8X2NntWngH/ZwzVjeLwGe6+6q7RQ3+COGISoqGKaY+yC&#10;cm874dS3CwG3DBeDQTTD6TTMD/XI8OA8dDWQ63p5w6zZMNAjdS+gG1KWPyBiaxuQGgYzD7KKLN31&#10;ddNvnOxIws0WCqvjvhytdruy/wsAAP//AwBQSwMEFAAGAAgAAAAhAOdQ7SvdAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01PwzAMhu9I+w+RJ3Hb0m4TW0vTCSHBiQtl3LPG68capzRpV/495gRH&#10;249eP292nG0nJhx840hBvI5AIJXONFQpOH28rA4gfNBkdOcIFXyjh2O+uMt0atyN3nEqQiU4hHyq&#10;FdQh9KmUvqzRar92PRLfLm6wOvA4VNIM+sbhtpObKHqQVjfEH2rd43ON5bUYrYK3NmlPry19feox&#10;uU5TMVbVBZW6X85PjyACzuEPhl99Voecnc5uJONFp2AXx3tGFay2By7FxC7Z8uasYL8BmWfyf4P8&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIRitC2mAgAAcwUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOdQ7SvdAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAAAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight="2pt">
+              <v:oval id="Овал 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:221.7pt;margin-top:-15.1pt;width:21.6pt;height:22.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDutQr2kQIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGyEQvlfqOyDuzdqu89NV1pGVKFUl&#10;K4maVDljFmwUlqGAvXYfps8Q9dqX8CN1YH+cND5VvSCG+eb/G84vNpUma+G8AlPQ4dGAEmE4lMos&#10;Cvrt4frDGSU+MFMyDUYUdCs8vZi8f3de21yMYAm6FI6gE+Pz2hZ0GYLNs8zzpaiYPwIrDColuIoF&#10;FN0iKx2r0Xuls9FgcJLV4ErrgAvv8fWqUdJJ8i+l4OFWSi8C0QXF3EI6XTrn8cwm5yxfOGaXirdp&#10;sH/IomLKYNDe1RULjKyceuOqUtyBBxmOOFQZSKm4SDVgNcPBX9XcL5kVqRZsjrd9m/z/c8tv1neO&#10;qBJnR4lhFY5o93P3a/e8+02GsTu19TmC7u2di/V5OwP+5FGRvdJEwbeYjXRVxGJ1ZJNave1bLTaB&#10;cHwcnY4/jnAgHFWjs8HJaRpFxvLO2DofPguoSLwUVGitrI/NYDlbz3yIGbC8Q8VnbVKCoFV5rbRO&#10;QqSRuNSOrBkSYL5IJaGd36NQipapnKaCVEvYatF4/SokNijmnKInau59Ms6FCcexVckToqOZxAx6&#10;w+EhQx26ZFpsNBOJsr3h4JDh64i9RYoKJvTGlTLgDjkon/rIDb6rvqk5lj+Hcou8cNAsjLf8WuEc&#10;ZsyHO+ZwQ3B0uPXhFg+poS4otDdKluB+HHqPeCQuaimpceMK6r+vmBOU6C8GKf1pOB7HFU3C+Pg0&#10;0sO91MxfasyqugScKdIWs0vXiA+6u0oH1SN+DtMYFVXMcIxdUB5cJ1yG5ifA74WL6TTBcC0tCzNz&#10;b3l0HrsaSfaweWTOtmQMyOIb6LbzDSEbbLQ0MF0FkCqxdd/Xtt+40ok07fcT/4yXckLtP8nJHwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJint33fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tqwzAQ&#10;RfeF/oOYQDclkRoLEVzLIZgWUrrK4wMUa2qbWCNjKY7791VX7XK4h3vPFNvZ9WzCMXSeNLysBDCk&#10;2tuOGg3n0/tyAyxEQ9b0nlDDNwbYlo8Phcmtv9MBp2NsWCqhkBsNbYxDznmoW3QmrPyAlLIvPzoT&#10;0zk23I7mnspdz9dCKO5MR2mhNQNWLdbX481peO4+LJ8Ou2yoVL2v9vimwudZ66fFvHsFFnGOfzD8&#10;6id1KJPTxd/IBtZrkDKTCdWwzMQaWCLkRilgl4RKAbws+P8Xyh8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA7rUK9pECAABsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAmKe3fd8AAAAKAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
                 <v:path arrowok="t"/>
-              </v:rect>
+              </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="006A6AF6" w:rsidRPr="000D1071">
-[...16 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00707C5F" w:rsidP="006A6AF6">
-      <w:pPr>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="004F1853">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4395"/>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экономика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="004F1853">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «____»____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="004F1853">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="004F1853">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5245"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...8 lines deleted...]
-        <w:t>приказом руководителя</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>БЕКІТІЛГЕН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00707C5F" w:rsidP="006A6AF6">
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="006A6AF6">
-[...189 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...494 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1853" w:rsidRPr="00476DEE" w:rsidRDefault="004F1853" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1853" w:rsidRPr="00476DEE" w:rsidRDefault="004F1853" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1853" w:rsidRPr="00476DEE" w:rsidRDefault="004F1853" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1853" w:rsidRPr="00476DEE" w:rsidRDefault="004F1853" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="009A5C36">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="009A5C36">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш қаласы білім бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="009A5C36">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы білім беретін мектебі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="009A5C36">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуналдық мемлекеттік мекемесінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="009A5C36">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖАРҒЫСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="00F83200">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A5C36" w:rsidRPr="00476DEE" w:rsidRDefault="009A5C36" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C0535" w:rsidRPr="00476DEE" w:rsidRDefault="007C0535" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45796">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00F83200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00D37B2C" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...188 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B81E02">
-[...49 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының Балқаш қаласы білім бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы білім беретін мектебі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі  (бұдан әрі – мемлекеттік мекеме) функцияларды орындау үшін мекеменің ұйымдық-құқықтық түрінде құрылған, заңды тұлға мәртебесі бар коммерциялық емес ұйым болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E65A51" w:rsidRDefault="00BE1ABA" w:rsidP="00707C5F">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">арственном (казахском) языке: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекемесі түрі: коммуналдық.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00707C5F" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="000D1071">
-      <w:pPr>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00A6434D" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...255 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>» к</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Мемлекеттік мекеме облыстың жергілікті атқарушы органының шешімімен құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E65A51" w:rsidRDefault="00BE1ABA" w:rsidP="00E65A51">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">на русском языке: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің құрылтайшысы: Қарағанды ​​облысының әкімдігі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00E65A51">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00876279" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5940"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекемені басқаруды жүзеге асыратын орган: Қарағанды облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E24A0" w:rsidRDefault="00F83200" w:rsidP="00D45796">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidR="006E24A0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E24A0" w:rsidRDefault="006E24A0" w:rsidP="006E24A0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік (қазақ) тілінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45796" w:rsidRDefault="00F83200" w:rsidP="006E24A0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Балқаш қаласы білім бөлімінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00612DD9" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы білім беретін мектебі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45796">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E5A00" w:rsidRDefault="00D45796" w:rsidP="007E5A00">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="007E5A00">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>управления образования Карагандинской области».</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» отдела образования города Балхаш управления образования Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="000D1071" w:rsidRDefault="00BE1ABA" w:rsidP="000D1071">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45796">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  мекеменің  орналасқан   жері:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31172" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100300, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш  қаласы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00623382" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кен Сейфуллин</w:t>
+      </w:r>
+      <w:r w:rsidR="00725FEB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:r w:rsidR="00623382" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="005A753D" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z19"/>
+      <w:r w:rsidRPr="005A753D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45796" w:rsidRPr="005A753D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A753D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тарау. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A753D" w:rsidRPr="005A753D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A753D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық мәртебесі</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z20"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="005A753D" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің Қазақстан Республикасының заңнамасына сәйкес дербес теңгерімі, банкте шоттары, бланкілері, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген және мемлекеттік мекеменің атауы жазылған  мөрі  болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік  мекеме басқа заңды тұлғаны құра алмайды, сондай-ақ оның құрылтайшысы (қатысушысы) бола алмайды, Қазақстан Республикасы заңнамасында көзделген жағдайларды қоспағанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме өзiнiң мiндеттемелерi бойынша өзiнің кепілдігіндегі ақшамен жауап бередi. Мемлекеттік мекемеде ақша жеткіліксіз болған кезде оның міндеттемелері бойынша Қазақстан Республикасы немесе әкімшілік-аумақтық бірлік тиісті бюджет қаражатымен субсидиарлық жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00597335" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="007C0535">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің азаматтық-құқықтық мәмілелері, олардың Қазақстан Республикасы Қаржы министрлігінің аумақтық қазынашылық бөлімшелерінде міндетті тіркелгеннен кейін, күшіне енеді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z23"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің қаржы-шаруашылық қызметін мемлекеттік мекеменің басқару органы осы тарауда және басқа да заң актілерінде көрсетілген барлық келесі функциялармен жүзеге асыра алады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z25"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00597335" w:rsidRPr="00476DEE" w:rsidRDefault="00597335" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00561742" w:rsidRPr="00476DEE" w:rsidRDefault="00561742" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E24A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекеме қызметінің мәні мен мақсаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме қызметінің пәні: жеке тұлғаның, қоғамның, мемлекеттің мүдделері үшін оқыту және тәрбиелеу; баланың жеке басының жан-жақты дамуына қолайлы жағдай жасау; оқушылардың өзін-өзі тәрбиелеу және қосымша білім алу қажеттіліктерін қанағаттандыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>азаматтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>стандарттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Конституциясымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кепілденді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>игеруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мәдениеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қоғамдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өмірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бейімделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>терең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кеңейтілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>таңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>интеллектуалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушыларды кәсіптік оқытуға бағыттап дайындау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00032DFB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>түрлерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004F1853" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F1853" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004F1853" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>орталықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сыныптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>түрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мамырдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 202 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұқсаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>хабарламалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>рәсімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>орвндалғаннан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпыадамзаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құндылықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>практиканың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>іктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тұлғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тұлғаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>физикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамгершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>салауатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>салтының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>берік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негіздерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>даралықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>интеллектті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>байыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтық пен отансүйгіштікке, өз Отанына, Қазақстан Республикасына деген сүйіспеншілікке, мемлекеттік рәміздерді құрметтеуге, халықтық дәстүрлерді қастерлеуге, кез-келген конституцияға қарсы және қоғамға қарсы көріністерге төзбеушілікке тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белсенді азаматтық позициясы бар жеке тұлғаны тәрбиелеу, республиканың қоғамдық-саяси, экономикалық және мәдени өміріне қатысу қажеттіліктерін қалыптастыру, тұлғаның оның құқықтары мен міндеттеріне саналы қатынасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлттық және әлемдік мәдениеттің жетістіктерімен таныстыру; қазақ және республиканың басқа халықтарының тарихын, әдет-ғұрыптары мен дәстүрлерін зерттеу; мемлекеттік, орыс, шетел (ағылшын, немі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с) және басқа тілдерді меңгеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімдердің әлеуметтік жағдайының жақсаруын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қоғам мен экономика қажеттіліктеріне жауап беретін білім сапасын бағалаудың ұлттық жүйесінің жұмыс істеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың жаңа технологияларын, соның ішінде кредиттік, қашықтықтан, ақпараттық-коммуникациялық технологияларды енгізу және тиімді пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беруді, өндірістегі оқытуды және еңбек нарығының қажеттіліктерін байланыстыратын және білім мен құзыреттілікке негізделген әркімнің қоғамдағы жеке әлеуетін барынша арттыруға көмектесетін өмір бойы оқыту жүйесін дамыту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылардың кәсіби мотивациясын қамтамасыз ету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A6434D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше білім беру қажеттіліктері бар адамдардың білім алуы үшін арнайы жағдайлар жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6434D" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6434D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасына және осы жарғыға сәйкес келесі ақылы білім беру қызметтерін ұсыну:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қосымша білім беру бағдарламалары бойынша оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы курстар мен пәндер циклдерін қосымша оқыту бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке оқушылармен жеке негізде оқу жоспарына сәйкес сағат санынан артық пәндер бойынша қосымша сабақтар өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылармен пәндерді қосымша тереңдетіп оқыту үшін (мемлекеттік жалпыға міндетті стандарттардың тиісті білім беру бағдарламалары шеңберінен тыс).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақысыз білім беру қызметтерінің кепілдендірілген көлеміне кірмейтін басқа білім беру қызметтері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі қызметтің орнына ақылы қызметтерді көрсету мүмкін емес. Мектептің ақылы қызметтерінің бағасы Қазақстан Республикасының заңнамасында белгіленген тәртіппен бекітілуге ​​жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамытушы білім берудің жаңа мазмұнын, оны жүзеге асырудың нысандары мен әдістерін, эксперименталды оқу жоспарларын, бағдарламаларын және факультативтік курстарды іздеуді, әзірлеуді ұйымдастыратын білім беру ұйымы болып табылады. Оқу процесін ұйымдастыру, басқару осы жарғыға сәйкес жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие қызметі мемлекеттік жалпыға міндетті білім беру стандарттары негізінде әзірленген және міндетті негізгі және қосымша бағдарламаларды әзірлеуді жүзеге асыратын оқу жоспарлары мен бағдарламаларына сәйкес жүзеге асырылады. Мекеменің бағдарламалары мемлекеттік жалпы білім беретін мектептердің типтік бағдарламаларына негізделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="0072650C" w:rsidP="00CF209A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім туралы» Заңында айқындалған шектерде оқытудың формаларын, құралдары мен әдістерін таңдауда дербес. Оқу процесін жүзеге асыру үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF209A" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жылдық жұмыс оқу жоспарын және мекеме жетекшісі бекітетін оқу сабақтарының кестесін жасайды және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу пәндерін тереңдетіп оқыту үшін мекемеге факультативтерге және әр сыныпқа 4 сағат есебінен оқушылардың таңдауы бойынша қосымша курстарды ұйымд</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF209A" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>астыруға қаражат бөлінуі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="632"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту тілі </w:t>
+      </w:r>
+      <w:r w:rsidR="003E59A5" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тілі болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF209A" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00CF209A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу жұмыс жоспарының вариативтік бөлімі қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеке таңдау, жеке даму бағдарламасы, инновациялық және оқыту технологияларын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеменің мақсаттары мен міндеттеріне сәйкес келетін қосымша білім беру бағдарламаларын іске асыруға арналған пәндерді дамытатын жаңа оқу жоспарларын енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқушылардың ақыл-ой белсенділігін дамыта отырып, шындықты танудың әмбебап әдістерін игеруге бағытталған жеке тұлғаның жалпы мәдени дамуына ықпал ететін, дүниетанымы мен гуманистік санасын қалыптастыратын пәндер мен курстарды енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекеменің құрылымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әкімшілік (директор және оның орынбасарлары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әдістемелік кеңес, Педагогикалық кеңес, Педагогикалық әдеп жөніндегі кеңес, Қамқоршылар кеңесі, жалпы мектептегі ата-аналар комитеті, сыныптық ата-аналар комитеттері, пәндік әдістемелік бірлестіктер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сынып, топ  - </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF209A" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекем</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF209A" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>енің негізгі құрылымдық бірлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          білім деңгейі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бастауыш білім беру (1-4 сыныптар), негізгі стратегиялық бағыт - бұл кіші жастағы оқушының жеке қабілеттерін ашуға, белсенділіктің негізгі бағыттары мен оқудың оң мотивациясы негізінде бастапқы шығармашылық дағдыларды қалыптастыруға, психофизикалық, интеллектуалды және музыкалық дамуға жағдай туғызуға мүмкіндік беретін оқыту. Оқу бағдарламасын меңгеру мерзімі - 4 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі орта білім (5 - 9 сыныптар) білім мазмұнын жаңартуға бағытталған негізгі әмбебап білім беруді қамтамасыз етеді, күрделі танымдық процестерге көшу үшін арнайы қабілеті мен дағдыларды қалыптастырады; жалпы дамытушы және арнайы курстарды таңдауды қамтамасыз етеді, оқушыларға жеке оқыту жүйесін құруға мүмкіндік туғызады. Азаматтық пен отансүйгіштікке, өз Отаны - Қазақстан Республикасына деген сүйіспеншілікке, мемлекеттік рәміздерді құрметтеуге, халықтық дәстүрлерді құрметтеуге, кез-келген конституцияға қарсы және қоғамға қарсы көріністерге төзбеушілікке тәрбиелеу. Оқушыларға кәсіптік бағдар беру. Негізгі орта білім орта жалпы білім алудың негізі болып табылады. Әр пәннің мазмұнын зерттеу негізгі орта білім деңгейінде аяқталады. Негізгі орта білім берудің жалпы білім беретін оқу бағдарламасын меңгеру мерзімі - 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00745294">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы орта білім беру (10-11 сыныптар) танымға деген қызығушылықтың және оқушының шығармашылық қабілеттерінің дамуын, оқуды саралау негізінде өз бетінше оқу іс-әрекетінің дағдыларын қалыптастыруды қамтамасыз етеді. Міндетті пәндерден басқа, пәндер жеке тұлғаның қызығушылықтарын, қабілеттері мен мүмкіндіктерін, яғни гуманитарлық немесе жаратылыстану-математикалық бағыттар бойынша мамандандырылған оқытуды жүзеге асыру мақсатында оқушылардың өз қалауы бойынша енгізіледі. Жалпы орт</w:t>
+      </w:r>
+      <w:r w:rsidR="00597335" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а білім бастауыш кәсіптік, орта </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кәсіптік (қысқартылған, жеделдетілген бағдарламалар үшін) және жоғары </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кәсіптік білім алудың негізі болып табылады. Жалпы орта білім берудің жалпы білім беретін оқу бағдарламасын меңгеру мерзімі - 2 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Көркем еңбек» пәнін оқыту, сондай-ақ вариативтік компоненттің сағаттарын оқыту мектеп аралық оқу-өндірістік кешен негізінде жүзеге асырылуы мүмкін. Қосымша білім беруді дамыту шеңберінде Қарағанды ​​облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі басшысының бұйрығына сәйкес мектептің жұмыс оқу жоспарының ауыспалы бөлігінің сағаттары қосымша бі</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3D6D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лім беру ұйымына берілуі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="003A3D6D" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағаттар мен сабақтарды ауыстыруды, сондай-ақ үйірмелерді оқытумен байланысты барлық мәселелерді шешуді Қарағанды ​​облысының білім басқармасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш қаласының білім бөлімі» мемлекеттік мекемесі жүзеге асырады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>екеме оқу жоспарының ауыспалы компонентін бірнеше сағат бойы мектептен тыс жерде өткізуге құқылы (мәдениет мекемелері, спорт ғимараттары, әскери ғимараттар, ғылыми зертханалар, өндірістік кәсіпорындар, қосымша білім беру ұйымдары және т.б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тиісті контингентті көрсете отырып, сыныптар жиынтығы Қарағанды ​​облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесінің басшысымен келісіледі. Сабақ жиынтығын құруға мекеменің басшысы жеке жауап береді. Сыныптардағы оқушылардың саны қолданыстағы «Білім беру объектілеріне қойылатын санитарлық-эпидемиологиялық талаптар» санитарлық ережелеріне сәйкес, осы білім беру ұйымына тікелей бөлінген бюджеттік қаражатты ескере отырып, санитарлық нормалар</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3D6D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақталған жағдайда белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="0072650C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптар пәндерді оқуда тізімі мемлекеттік білім беру стандартында айқындалатын, саны 24 адамнан кем емес, 2 кіші топқа бөлінуі мүмкін. Егер оқу жылы ішінде оқушылар саны 24 оқушыдан кем болған жағдайда сыныпты 2 кіші топқа бөлу осы оқу жылының келесі тоқсанынан басталады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарғының осы тармағында бюджеттің мүмкіндіктері ескерілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер мемлекеттік мекеме өзінің мәртебесі бойынша шағын жинақты мектепке жататын болса, онда оқу процесі әр түрлі жастағы оқушылардың аралас сыныптардағы біліміне сәйкес қамтамасыз етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="0072650C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағын жинақты мектептерде жеке пәндерді оқуда және сыныпта 10-16 оқушының қатысуын кіші топтарға бөлуге рұқсат етіледі. Сыныптарды бір сыныпқа біріктіру және біріктіру кезінде әр түрлі жастағы оқушылардың саны 10 адамнан аспауы керек. Шағын жинақты мектептердегі сыныптардың бос болуына 3-10 адамнан немесе одан да көп адамға рұқсат етіледі. Үш немесе төрт сыныпты біріктіргенде, оқу сабақтарын ұйымдастырудың жылжымалы кестесі қолданылады. Бірінші сынып пен мектеп біруші сыныптарды  біріктіріп оқытуға жол берілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97708" w:rsidRPr="00476DEE" w:rsidRDefault="00B97708" w:rsidP="00597335">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...135 lines deleted...]
-        <w:t>5.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемеде толық және толық емес жұмыс күнімен жұмыс жасайтын мектепке дейінгі шағын орталық жұмыс істей</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1853" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Мектепке дейінгі шағын орталық заңды тұлға болып табылмайды, бірақ мемлекеттік мекеменің құрылымдық бөлімшесі болып табылады және мектепке дейінгі жастағы балаларды жан-жақты дамыту және олардың ата-аналарына баланы тәрбиелеу мен оқытуды, балаларды әлеуметтік бейімдеуді ұйымдастыруда консультативтік-әдістемелік қолдау көрсету үшін құрылған;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">шағын орталыққа қабылдау құжаттарды қабылдау және балаларды мектепке дейінгі білім беру ұйымдарына қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97708" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде жүзеге асырылады. Балаларды қабылдауға арналған құжаттардың тізбесі құжаттарды қабылдау және балаларды мектепке дейінгі білім беру ұйымдарына қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidR="0023278F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен және мемлекеттік қызмет көрсетудің тиісті мемлекеттік стандартымен анықталады;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...289 lines deleted...]
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>.Предмет деятельности государственного учреждения: обучение и воспитание в интересах личности, общества, государства; создание благоприятных условий для разностороннего развития личности ребенка; удовлетворение потребности обучающихся в самообразовании и получении дополнительного образования.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме оқушыларға денсаулық жағдайы туралы медициналық анықтамаға сәйкес үйде  оқыту ұсынады. Қазақстан Республикасы Білім және ғылым министрлігінің нұсқауына сәйкес аптасына оқу сағатының саны бөлінеді, кесте жасалады, бұйрық мұғалімдердің жеке құрамымен анықталады, сабақтар журналы жүргізіледі. Ата-аналар (заңды өкілдер) үйде сабақ ө</w:t>
+      </w:r>
+      <w:r w:rsidR="0023278F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ткізуге жағдай жасауға міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>Целью деятельности государственного учреждения является:</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу сабағы Қазақстан Республикасының заңнамасында айқындалған тәртіппен басталады және аяқталады. Оқу жылының ұзақтығы, академиялық апталар мен демалыс күндерінің санын қоса алғанда, білім беру саласындағы мемлекеттік стандарттың және Қазақстан Республикасының өзге де нормативтік құқықтық актілеріні</w:t>
+      </w:r>
+      <w:r w:rsidR="0023278F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ң талаптарына сәйкес анықталады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>реализация гарантированного Конституцией Республики Казахстан права граждан на получение бесплатного среднего образования установленных общеобязательных стандартов образования;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемеде келесі жұмыс және сабақ режимі белгіленуі мүмкін:сабақтың бірінші ауысымында басталуы – 8:00 (8:30 немесе 9:00) сағат, екінші ауысымда – 13:30 (14: 00) сағат. Сабақ кестесін мекеме басшысы немесе оны алмастыратын адам бекітеді. Сабақ кестесінде күн сайынғы сабақтың саны, ұзақтығы мен сабақтың кезектілігі, сонымен қатар сабақтар арасындағы үзілістердің ұзақтығы көрсетіледі. Мектеп кестесінің мәселелері қолданыстағы «Білім беру объектілеріне қойылатын санитарлық-эпидемиологиялық талаптар» санитарлық ережелерімен реттеледі. Сабақтардың кестесі эпидемиологиялық жағдайға сәйкес, уәкілетті органдар және (немесе) лауазымды адамдар белгілеген шектеу ша</w:t>
+      </w:r>
+      <w:r w:rsidR="0023278F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ралары негізінде өзгеруі мүмкін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>обеспечение качественного усвоения общеобразовательных программ;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сабақ арасындағы ауысу кезеңінде мекеме Қазақстан Республикасының заңнамасына сәйкес мектеп асханасында ата-аналар мен жалпыға бірдей білім беру қоры есебінен мектеп асхана</w:t>
+      </w:r>
+      <w:r w:rsidR="0023278F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сында тамақтануды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>формирование интеллектуальной личности с высоким уровнем культуры, адаптированной к жизни в обществе, готовой к осознанному выбору и освоению углубленных и расширенных образовательных программ;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемедегі тәртіп оқушылардың, тәрбиеленушілердің, мұғалімдердің адамдық қадір-қасиетін құрметтеу негізінде қолдау көрсетіледі. Оқушыларға қатысты физикалық және психикалық зорлық-зомбылық әдістерін қолдануға жол берілмейді. Оқушыларға медициналық көмекті әкімшілік пен оқытушылық құраммен бірге оқушылардың денсаулығы мен физикалық дамуына, медициналық шаралардың өткізілуіне және санитарлық-гигиеналық нормалардың сақталуына жауапты мейірбике көрсетеді. Медициналық көмекті жергілікті денсаулық сақтау органдары көрсетеді (емханалар). Оқушылар кесте бойынша  жоспарлы медициналық тексеруден өтеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00067CFA" w:rsidP="00597335">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">подготовка учащихся по дисциплинам, ориентированным на профессиональное обучение. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім туралы» Заңның талаптарына сәйкес мектеп формасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оны кию тәртібі мен стилі ата-аналар комитетімен немесе қамқоршылар кеңесінің келісімімен мекеме басшысының бұйрығымен бекітіледі. Мектеп формасы білім берудің зайырлы сипатына сәйкес келуі керек. Мектеп формасына киім-кешектерді, оның ішінде бас </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">киімдер мен түрлі конфессиялардың діни ұстанымдарының атрибуттарын енгізуге жол берілмейді; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> классы). Все виды деятельности оказываются после выполнения процедур предусмотренных Законом Республики Казахстан от 16 мая 2014 года № 202 «О разрешениях и уведомлениях»: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндетті мектеп формасына қойылатын талаптар Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 14 қаңтардағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26 бұйрығында айқындалған жалпы талаптарға сәйкес келуі керек; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">основными задачами деятельности государственного учреждения являются: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекемеге саяси партиялардың, қоғамдық-саяси және діни қозғалыстар мен ұйымдардың ұйымдық құрылымдарын құруға және олардың жұмысына жол берілмейді. Мекеме зайырлы және діни білімнің бөліну принципін сақтауға міндетті. Кез-келген түрде діни білім алуға жол берілмейді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>создание необходимых условий для получения качественного образования, направленного на формирование, развитие, становление личности на основе национальных и общечеловеческих ценностей, достижений науки и практики;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>инклюзивті білім берудің мақсаттарын жүзеге асыра отырып, мекеме ерекше білім беру қажеттіліктері бар балаларға олардың білім алуы, дамуында ауытқушылықтарды түзету және білім берудің барлық деңгейлерінде әлеуметтік бейімделуі үшін ерекше жағдайлар жасайды. Оқу орнындағы оқушылардың ата-аналарының немесе басқа заңды өкілдерінің мүдделерін ескере отырып, инклюзивті сыныптар ашылуы мүмкін (бір сыныпта ерекше білім беру қажеттіліктері бар екі</w:t>
+      </w:r>
+      <w:r w:rsidR="00612DD9" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық оқуға болмайды). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инклюзивтік сыныптарға психологиялық-медициналық-педагогикалық консультациялардың қорытындылары мен ұсыныстары негізінде оқуға түскен ерекше білім беру қажеттіліктері бар балалар жалпы білім беру бағдарламасы немесе жеке бағдарлама бойынша оқытыла алады. Инклюзивті сыныптарға жазылған ерекше білім беру қажеттіліктері бар балалар үшін түзету сабақтарын арнайы мұғалімдер (олигофренопедагог, сурдопедагог, тифлопедагог, мұғалім-дефектолог, мұғалім-логопед, логопед) жүргізеді. Мекемеде сөйлеу орталығы өз жұмысын тұрақты негізде жүргізе алады. Лого орталығының ашылуы Қарағанды ​​облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі басшысының бұйрығымен ресімделеді; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>развитие творческих, духовных и физических возможностей личности, формирование прочных основ нравственности и здорового образа жизни, обогащение интеллекта путём создания условий развития индивидуальности;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік  мекемеге қабылдау бастауыш, негізгі орта, жалпы орта білім берудің оқу бағдарламаларын іске асыратын білім беру ұйымында оқуға жіберудің стандартты ережелері негізінде жүзеге асырылады. Балаларды қабылдауға арналған құжаттар тізімі бастауыш, негізгі орта, жалпы орта білім берудің білім беру оқу жоспарларын іске асыратын білім беру ұйымдарында оқуға қабылдау ережелерімен және мемлекеттік қызметтер көрсетудің тиісті мемлекеттік стандарттарымен анықталады. Бірінші сыныпқа қабылдау үшін баланың ата-аналары немесе заңды өкілдері мұғалімді таңдауға құқылы емес. Сыныптан сыныпқа ауыстыру Педагогикалық кеңестің шешімімен оқу үлгерімі нәтижелеріне сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>воспитание гражданственности и патриотизма, любви к своей Родине, Республике Казахстан, уважения к государственным символам, почитания народных традиций, нетерпимости к любым антиконституционным и антиобщественным проявлениям;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шағын жинақты мектептерден басқа, 0-11 сынып оқушыларының ең аз саны 12 адамнан кем болмауы керек. Мектепке дейінгі сыныптарға қабылдау ата-аналардың немесе басқа заңды өкілдердің өтініштері бойынша жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t>воспитание личности с активной гражданской позицией, формирование потребностей участвовать в общественно-политической, экономической и культурной жизни республики, осознанного отношения личности к своим правам и обязанностям;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үлгерімнің ағымдағы мониторингі, білім алушыларды аралық және қорытынды аттестаттау, бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>үлгерімін ағымдағы, аралық және қорытынды аттестаттаудың стандартты ереж</w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>елеріне сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C1474" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> и других народов</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорытынды аттестаттаудан сәтті өткен түлектерге мемлекеттік мекеменің мөрімен расталған тиісті білімі туралы мемл</w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екеттік үлгідегі құжат беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00C51C65">
-[...25 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...312 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  кәмелетке толмаған білім алушыларды шығаруға құқыққа қайшы әрекеттер жасағаны, білім беру ұйымының жарғысын өрескел және бірнеше рет бұзғаны үшін білім беру ұйымын мемлекеттік басқару органының шешімі бойынша ерекше жағдайларда жол беріледі. Жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларды шығару туралы шешім қорғаншылық және қамқоршылық органдарының келісімімен қабылданады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әмелетке толған білім алушыларды мектептен шығаруға педагогикалық кеңестің шешімі бойынша құқыққа қайшы әрекеттер жасағаны, білім беру ұйымының жарғысын, сондай-ақ үлгерімін өрескел және бірнеше</w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет бұзғаны үшін жол беріледі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00032DFB" w:rsidRPr="00476DEE" w:rsidRDefault="00E44E89" w:rsidP="00A82BC6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>оказание следующий платных образовательных услуг в соответствии с законодательством Республики Казахстан и настоящим уставом:</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәрбиеленушілерді шағын-орталықтың топтарынан </w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шығару ай сайынғы төлем уақытында төленбеген, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F5F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бала дәлелді себептерсіз және әкімшілікке ескертусіз бір айдан астам уақыт өткізіп алса,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F5F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медициналық қарсы көрсетілімдер болған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайларда жасалады</w:t>
+      </w:r>
+      <w:r w:rsidR="00067CFA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> по дополнительным образовательным программам;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларға дәрігерге дейінгі медициналық қызмет көрсетуді мейірбике қамтамасыз етеді, ол әкімшілікпен және педагогикалық персоналмен қатар білім алушылардың денсаулығы мен физикалық дамуына, емдеу іс-шараларын жүргізуге және санитариялық-гигиеналық нормаларды сақтауға жауапты болады. Дәрігерлік медициналық қызмет көрсетуді жергілікті деңгейдегі денсаулық сақтау органдары (емхана) жүзеге асырады. Оқушылар кесте бойын</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0F5F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ша медициналық тексеруден өтеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...5611 lines deleted...]
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00EF3A45" w:rsidP="00EF3A45">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> государственных органах, иных организациях;</w:t>
+        <w:t>жалпы білім беру процесінің қатысушылары: білім алушылар, педагог қызметкерлер, білім алушылардың ата-аналары (оларды алмастыратын адамдар) болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>заключает договора;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылар құқылы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ақысыз жалпы орта білім алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әр түрлі ерекше жетістіктері үшін марапатталуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>медициналық көмекке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кітапхана қорын тегін пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымша (ақылы) білім беру қызметтерін алуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекемені басқаруға қызметіне қатысуға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дамның қадір-қасиетін құрметтеу, ар-ождан және ақпарат       бостандығы, өз пікірі мен сенімін еркін білдіруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылар міндетті: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеменің жарғысы мен ішкі тәртіп ережелерін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адалдықпен оқуға және оқу орнының мүлкіне мұқият күтім жасауға, мектептің  мүлкіне зиян келтірілген жағдайда, оның құндылығын ата-аналарымен бірге қалпына келтіруге және өтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E83E31" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>басқа оқушылар мен оқу орнының қызметкерлерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E83E31" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B81E02">
-[...6 lines deleted...]
-        <w:t>выдает доверенности;</w:t>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме көрсеткен мектеп формасын киюге</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83E31" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>утверждает планы государственного учреждения по командировкам, стажировкам, обучению сотрудников в казахстанских и зарубежных учебных центрах и иным видам повышения квалификации сотрудников;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83E31" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>та-аналары мен кәмелетке толмаған балалардың басқа заңды өкілдері құқылы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>баланың қалауын, жеке бейімділігі мен ерекшеліктерін ескере отырып, оқу орны беретін мүмкіндіктер шеңберінде білім беру нысанын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қамқоршылар кеңесі немесе ата-аналар комитеті арқылы мекеменің басқару органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>балаларының үлгерімі, тәртібі және оқу жағдайлары туралы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>балаларын оқыту мен тәрбиелеу мәселелері бойынша кеңестер алуға</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83E31" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>открывает банковские счета;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83E31" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>та-аналар және басқа заңды өкілдер міндетті:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>балалардың қауіпсіз өмір сүруі мен оқуы үшін, олардың интеллектуалды және дене күшінің дамуын, адамгершілік қалыптасуын қамтамасыз ету үшін сау және қауіпсіз жағдайлар жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>балаларды мектепке дейінгі тәрбиемен қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83E31" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің жарғысында айқындалған ережелерді сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00356E0F" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00356E0F" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекемеге баруын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00356E0F" w:rsidRPr="00476DEE" w:rsidRDefault="00356E0F" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекеменің педагогикалық және басқа қызметкерлерінің ар-намысы мен қадір-қасиетін құрметтеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00356E0F" w:rsidRPr="00476DEE" w:rsidRDefault="00356E0F" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім беру саласындағы уәкілетті орган белгілеген міндетті мектеп формасына қойылатын талаптарды орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00356E0F" w:rsidRPr="00476DEE" w:rsidRDefault="00356E0F" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме  белгілеген киім үлгісін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00356E0F" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>издает приказы и дает указания, обязательные для всех работников;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>та-аналар (оларды алмастыратын тұлғалар) мекеменің жарғысын, ішкі тәртіп ережелерін сақтауға және өз балаларының тәрбиесі мен оқуына, сондай-ақ мемлекеттік меншікке құрметпен қарауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00356E0F" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>принимает на работу и увольняет с работы сотрудников государственного учреждения, в соответствии с законодательством Республики Казахстан;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>екемені басқару Қазақстан Республикасының заңнамасына, осы жарғыға сәйкес жүзеге асырылады. Алқалы басқарудың нысаны - Қазақстан Республикасының заңнамасында белгіленген тәртіппен Педагогикалық кеңес.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C51C65" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00A95B81">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="0032732A" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>применяет меры поощрения и налагает дисциплинарные взыскания на сотрудников государственного учреждения, в порядке, установленном законодательством Республики Казахстан;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>екемені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>басқаруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...275 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="0032732A" w:rsidP="00597335">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:t>Имущество государственного учреждения составляют активы юридического лица, стоимость которых отражается на его балансе. Имущество государственного учреждения формируется за счет:</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иректор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеме қызметкерлерінің біліктілік деңгейі, оқу жоспарлары мен оқу процесінің кестесіне сәйкес білім беру бағдарламаларын іске асырғаны үшін, білім алушылардың білім сапасы, өмірі мен денсаулығы, оқу процесі кезінде Қазақстан Республикасы заңнамасында белгіленген тәртіппен мекеме оқушылары мен қызметкерлерінің құқықтары және бостандықтарын сақтауға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нормативтік актілерді, облыстық және қалалық / аудандық маңызы бар білім беру органдарының бұйрықтарын, лауазымдық нұсқаулықта белгіленген қызметтік міндеттерді орындамағаны немесе тиісінше орындамағаны үшін, оның ішінде берілген құқықтарды пайдаланбағаны үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушының жеке басына қарсы физикалық және (немесе) психикалық зорлық-зомбылыққа байланысты тәрбиенің бір жолғы әдістерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қолданғаны, сондай-ақ кез-келген басқа азғындық әрекеттерді жасағаны үшін директор еңбек заңнамасына сәйкес қызметінен босатылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C241D" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өрт қауіпсіздігі, еңбекті қорғау, оқу үдерісін ұйымдастырудың санитарлық-гигиеналық ережелерін бұзғаны үшін директор Қазақстан Республикасының заңнамасында көзделген жауапкершілікке тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="009C241D" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>имущества, переданного ему учредителем;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иісті бейіндер бойынша арнайы педагогикалық немесе кәсіптік білімі бар тұлғалар педагогикалық қызметпен айналысуға рұқсат етіледі. Келесі тұлғалар жұмыс істеуге жіберілмейді:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психиатриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диспансерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психиатриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диспансерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелмегендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C241D" w:rsidRPr="00476DEE" w:rsidRDefault="009C241D" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>соттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>күшіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>енген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үкіміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мұғалімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құқығынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>айырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C241D" w:rsidRPr="00476DEE" w:rsidRDefault="009C241D" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әрекетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қабілетсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әрекетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қабілетсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>танылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шектеулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C241D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>имущества (включая денежные доходы), приобретенного в результате собственной деятельности;</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C241D" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмысқа қабылдау кезінде директор тиісті бос мемлекеттік қызмет орындарын иеленуге қойылатын біліктілік талаптарын басшылыққа алуы керек. Тиісті білімсіз оқытушылық қызметпен айналысуға жол берілмейді. Азаматтарды педагогикалық қызметке қабылдау тәртібін бұзғаны үшін директор жеке жауапкершілікке тартылады. Мекеме қызметкерлерінің құқықтары мен міндеттері тиісті лауазымға немесе қызмет түріне Қазақстан Республикасының нормативтік құқықтық актілерімен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:t>иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00597335" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ектепті басқару формаларының бірі - педагогикалық кеңес. Педагогикалық кеңестің құрамына: білім беру ұйымының жетекшісі (төраға), оның орынбасарлары, мұғалімдер, тәрбиешілер, психолог, әлеуметтік педагог кіреді. Білім беру ұйымының педагогикалық кеңесінің отырыстарына ата-аналар комитетінің немесе қамқоршылар кеңесінің мүшелері шақырылады. Педагогикалық кеңестің құрамы оқу жылына білім беру ұйымы жетекшісінің бұйрығымен бекітіледі. Педагогикалық кеңес өз мүшелерінен бір жыл мерзімге хатшы сайлайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>Государственное учреждение не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по смете.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F181C" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагогикалық кеңес </w:t>
+      </w:r>
+      <w:r w:rsidR="008F181C" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім беру ұйымында құқықтық актілерді іске асыру жөніндегі шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу және оқу-әдістемелік жұмысының жағдайы, оқытудың барлық түрлерінде оқыту әдістерін жетілдіру, оқытудың жаңа технологияларын енгізу мәселелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие жұмысын жоспарлау мәселелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорытынды аттестаттау, оқушыларды емтихандарға өткізу, ұсынылған құжаттар негізінде оқушыларды емтихандардан босату, оқушыларды келесі сыныпқа көшіру немесе оларды екінші жылға қалдыру, оқушыларды грамотамен, мақтау қағаздарымен марапаттау, негізгі орта білімді үздік бітіргені туралы куәлік беру, негізгі орта білім курсын аяқтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы куәлік, үздік аттестат, орта жалпы білім  туралы куәлік, белгіленген үлгідегі анықтамаларды беру;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z26"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу жүктемесін бөлу, алдын-ала тарифтеу, аттестаттауға дайындық, мұғалімдерді марапаттау және көтермелеу мәселелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="008F181C" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>Деятельность государственного учреждения финансируется из бюджета Карагандинской области.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>едагогикалық кеңестің жұмысы оқу жылына арналған жоспарға сәйкес жүзеге асырылады, педагогикалық кеңестің отырысында қаралады және білім беру ұйымының жетекшісі бекітеді. Педагогикалық кеңес жылына кем дегенде бес рет жиналады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00FE050D" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>емлекеттік мекеме қызметті жүзеге асыруға, сондай-ақ осы жарғыда бекітілген өз қызметінің мәні мен мақсаттарына сәйкес келмейтін мәмілелер жасауға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеме қызметінің мақсаттарына қайшы келетін, Қазақстан Республикасының заңдарымен, құрылтай құжаттарымен шектелген немесе оның басшысының жарғылық құзыретін бұза отырып жасаған мәміле: құрылтайшының, тиісті саланың уәкілетті органының, сондай-ақ: оған қатысты құқық субъектісінің осы жарғыда көрсетілген мүлікке қатысты функцияларына қатысты жүзеге асыратын орнанның, осы жарғыда көрсетілген мемлекеттік мүлік жөніндегі уәкілетті органның талабы бойынша жарамсыз болып танылуы мүмкін.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z27"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z28"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Бухгалтерский учет и предоставление отчетности за государственное учреждение может осуществлять орган управления государственного учреждения со всеми вытекающими функциями. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z30"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>меке</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>меге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC2EFB" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82BC6" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00707C5F" w:rsidP="00707C5F">
-      <w:pPr>
+    <w:p w:rsidR="00746D37" w:rsidRPr="00476DEE" w:rsidRDefault="00746D37" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:t>Проверка и ревизия финансово-хозяйственной деятельности государственного учреждения осуществляется, в установленном законодательством Республики Казахстан порядке.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00707C5F" w:rsidRPr="00B81E02" w:rsidRDefault="00707C5F" w:rsidP="00707C5F">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00746D37" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z31"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>емлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тағайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00707C5F">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z32"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00244CA0" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарғысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгертулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00244CA0" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00745294" w:rsidRPr="00476DEE" w:rsidRDefault="00244CA0" w:rsidP="00597335">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:t>Режим работы государственного учреждения устанавливается правилами внутреннего трудового распорядка и не должен противоречить нормам трудового законодательства Республики Казахстан.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000591A" w:rsidRPr="00B81E02" w:rsidRDefault="0000591A" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="003B012B" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>директорын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тағайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B012B" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаржыландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z34"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлкінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сақталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="0000591A">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z36"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z38"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>штаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарифтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаржы-экономикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келіседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE52AA" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00CE5C11">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шаруашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ою</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE52AA" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00CE5C11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылтайшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE52AA" w:rsidRPr="00476DEE" w:rsidRDefault="00CE52AA" w:rsidP="00CE5C11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүктелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілеттіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z43"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ережесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тағайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>босатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z45"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқарады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүктелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершіл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көтереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғыда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыретіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бетінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z47"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғысынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соғады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z54"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімхатсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүддесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімхаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00597335">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іссапарларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тағылымдамаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғарылатудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>озге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">банк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шоттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ашады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>індетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шығарады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нұсқаулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z57"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>босатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көтермелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шараларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орынбасарларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілеттіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE52AA" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын-алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын-алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шараларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00612DD9" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE52AA" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүктелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z58"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E24A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлкінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z63"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>теңгерімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>активтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>меншік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t>учреждения «Управление экономики Карагандинской области» и проходят процедуру государственной регистрации в территориальных органах юстиции в соответствие с законом Республики Казахстан «О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств».</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз қызметі барысында сатып алған мүлік (ақшалай кірістерді қоса алғанда);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де қаржык өздере себінен құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z64"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме дербес иеліктен шығаруға немесе оған бекітілген мүлік пен оған смета қаражаты бойынша мүлікке өзгеше тәсілмен иелік етуге бөлінген құқығы жоқ.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z67"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің қызметі Қарағанды ​​облысының бюджетінен қаржыландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме Қазақстан Республикасының заңнамасына сәйкес бухгалтерлік есепті жүргізеді және есептер ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="006061EC" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің есебі мен есеп беруін мемлекеттік мекеменің басқару органы барлық келесі функциялармен жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің қаржылық-шаруашылық қызметін тексеру және ревизия Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D17E73" w:rsidRPr="00476DEE" w:rsidRDefault="00D17E73" w:rsidP="00D17E73">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F3245" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="005F3245">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45796">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3245" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекемедегі жұмыс тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F3245" w:rsidRPr="00476DEE" w:rsidRDefault="005F3245" w:rsidP="005F3245">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F3245" w:rsidRPr="00476DEE" w:rsidRDefault="005F3245" w:rsidP="005F3245">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің жұмыс тәртібі ішкі еңбек тәртібінің қағидаларымен белгіленеді және Қазақстан Республикасы еңбек заңнамасының нормаларына қайшы келмеуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D17E73" w:rsidRPr="00476DEE" w:rsidRDefault="00D17E73" w:rsidP="00D17E73">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00D17E73">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z71"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E24A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Құрылтай құжаттарына өзгерістер мен толықтырулар енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00794A68">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің құрылтай құжаттарына өзгерістер мен толықтырулар құрылтайшының немесе осы шешімді қабылдаған органның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>шешімі бойынша қолданыстағы заңнамада айқындалған өкілеттіктерге сәйкес енгізіледі. «Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді тіркеу туралы» Қазақстан Республикасының Заңына сәйкес құрылтай құжаттарына өзгерістер мен толықтырулар енгізу, аумақтық әділет органдарында мемлекеттік тіркеу рәсімінен өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00D45796" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z73"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Глава 8. Условия реорганизации и ликвидации государственного учреждения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E24A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекемені қайта ұйымдастыру және тарату шарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...13 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...29 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z79"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="006061EC" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммуналдық мемлекеттік мекемені қайта құру және тарату Қарағанды ​​облысы әкімдігінің шешімімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006061EC" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеме заң актілерінде көзделген басқа негіздер бойынша да таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="006061EC" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекемені қайта құруды және таратуды «Қарағанды ​​облысының білім басқармасы» мемлекеттік мекемесімен келісім бойынша Қарағанды ​​облысының әкімдігі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="006061EC" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таратылған мемлекеттік мекеменің несие берушілердің талаптары қанағаттандырылғаннан кейін қалған мүлкін «Қарағанды ​​облысының экономика басқармасы» мемлекеттік мекемесі қайта бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006061EC" w:rsidRPr="00476DEE" w:rsidRDefault="006061EC" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таратылған мемлекеттік мекеменің ақшасы, оның ішінде кредиторлардың талаптары қанағаттандырылғаннан кейін қалған осы заңды тұлғаның мүлкін сату нәтижесінде алынған қаражат тиісті бюджеттің кірісіне есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45796" w:rsidRPr="006E24A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекеменің филиалдары мен өкілдіктері туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-      <w:pPr>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеменің филиалдары мен өкілдіктері жоқ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83200" w:rsidRPr="00476DEE" w:rsidRDefault="00F83200" w:rsidP="00A82BC6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="00BE1ABA">
-[...190 lines deleted...]
-    <w:p w:rsidR="00BE1ABA" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="006A6AF6">
+    <w:p w:rsidR="00F83200" w:rsidRPr="00D45796" w:rsidRDefault="00D45796" w:rsidP="006453AA">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2640"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83200" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45796">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="005A753D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
-      <w:r w:rsidR="006A6AF6">
-[...40 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D45796">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="006453AA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45796">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Д</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007C3455" w:rsidRPr="00476DEE">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.Т.</w:t>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E59A5" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3455" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0CD7" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жолдасо</w:t>
+      </w:r>
+      <w:r w:rsidR="003E59A5" w:rsidRPr="00476DEE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ва</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0007340A" w:rsidRPr="00B81E02" w:rsidRDefault="00BE1ABA" w:rsidP="006A6AF6">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00D45796" w:rsidRPr="00D45796" w:rsidRDefault="00D45796" w:rsidP="006453AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>(подпись)</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0007340A" w:rsidRPr="00B81E02" w:rsidSect="00EC38E7">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:p w:rsidR="00F40B13" w:rsidRPr="00476DEE" w:rsidRDefault="00F40B13" w:rsidP="006F0F5F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F40B13" w:rsidRPr="00476DEE" w:rsidSect="00F35F04">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="16" w:chapStyle="2"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F327A" w:rsidRDefault="007F327A" w:rsidP="00A95B81">
+    <w:p w:rsidR="00D17AA3" w:rsidRDefault="00D17AA3" w:rsidP="00745294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F327A" w:rsidRDefault="007F327A" w:rsidP="00A95B81">
+    <w:p w:rsidR="00D17AA3" w:rsidRDefault="00D17AA3" w:rsidP="00745294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F327A" w:rsidRDefault="007F327A" w:rsidP="00A95B81">
+    <w:p w:rsidR="00D17AA3" w:rsidRDefault="00D17AA3" w:rsidP="00745294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F327A" w:rsidRDefault="007F327A" w:rsidP="00A95B81">
+    <w:p w:rsidR="00D17AA3" w:rsidRDefault="00D17AA3" w:rsidP="00745294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:id w:val="-935515085"/>
+      <w:id w:val="768194461"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00A95B81" w:rsidRPr="006A6AF6" w:rsidRDefault="008F28F5" w:rsidP="00A95B81">
+      <w:p w:rsidR="007C0535" w:rsidRPr="007C0535" w:rsidRDefault="0093606E" w:rsidP="007C0535">
         <w:pPr>
-          <w:pStyle w:val="a3"/>
+          <w:pStyle w:val="a5"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...2 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="006A6AF6">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00A95B81" w:rsidRPr="006A6AF6">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidR="007C0535">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="006A6AF6">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000D1071">
+        <w:r w:rsidR="006E24A0" w:rsidRPr="006E24A0">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="006A6AF6">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="054C67B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5564EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="07061EF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC98EB3A"/>
+    <w:lvl w:ilvl="0" w:tplc="22300C34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1776" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3216" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3936" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4656" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5376" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6096" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7536" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0B155BD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93AEFD86"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0C0436EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F28EEF48"/>
+    <w:lvl w:ilvl="0" w:tplc="9DC87EE8">
+      <w:start w:val="48"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="0D245195"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E9A2DDC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="0EC13BD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDB2B35E"/>
+    <w:lvl w:ilvl="0" w:tplc="09568906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7549" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="13C6364A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAE4F3D0"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="16963108"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="116A82D8"/>
+    <w:lvl w:ilvl="0" w:tplc="B52CEB44">
+      <w:start w:val="63"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="17070C65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5EAC5BAA"/>
+    <w:lvl w:ilvl="0" w:tplc="27EAC9BE">
+      <w:start w:val="43"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="192D01F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D88C58E"/>
+    <w:lvl w:ilvl="0" w:tplc="284AF94A">
+      <w:start w:val="45"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="1D905748"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="564AEA26"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2793770B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7884C062"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2C6E2FD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F490DD74"/>
+    <w:lvl w:ilvl="0" w:tplc="B38EEEEC">
+      <w:start w:val="52"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="2D6832DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3958624A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="360C2BC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="096CB958"/>
+    <w:lvl w:ilvl="0" w:tplc="C8620EB8">
+      <w:start w:val="197"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="36977614"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55E23E9C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C928E10">
+      <w:start w:val="62"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="36CC6453"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EC0F1DC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="3B98787E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85D607B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="3F450C18"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB6C9F9E"/>
+    <w:lvl w:ilvl="0" w:tplc="371228BA">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="451A42FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E90ADE26"/>
+    <w:lvl w:ilvl="0" w:tplc="903A64E8">
+      <w:start w:val="57"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="45825CD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D789DBA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="591D7C85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B87A9EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="0ED45C4E">
+      <w:start w:val="49"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="5ECF7B1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="056C8476"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="632957D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF3A9006"/>
+    <w:lvl w:ilvl="0" w:tplc="93FC9496">
+      <w:start w:val="44"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="66C02CE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30FA4DC6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="68D923F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A2ECE18"/>
+    <w:lvl w:ilvl="0" w:tplc="3338342E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="69C74187"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38D240A2"/>
+    <w:lvl w:ilvl="0" w:tplc="2DE642BA">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1819" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7549" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="6D3F61CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04A6BBD2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="7A224CFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3300E8E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="7B484455"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8488C768"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00705105"/>
-[...40 lines deleted...]
-    <w:rsid w:val="00EF3A45"/>
+    <w:rsidRoot w:val="00F40B13"/>
+    <w:rsid w:val="00032DFB"/>
+    <w:rsid w:val="00067CFA"/>
+    <w:rsid w:val="00085003"/>
+    <w:rsid w:val="000A1B44"/>
+    <w:rsid w:val="00193A05"/>
+    <w:rsid w:val="0023278F"/>
+    <w:rsid w:val="00244CA0"/>
+    <w:rsid w:val="0032732A"/>
+    <w:rsid w:val="00356E0F"/>
+    <w:rsid w:val="003749C9"/>
+    <w:rsid w:val="003973F9"/>
+    <w:rsid w:val="003A3D6D"/>
+    <w:rsid w:val="003B012B"/>
+    <w:rsid w:val="003E59A5"/>
+    <w:rsid w:val="00476DEE"/>
+    <w:rsid w:val="004F1853"/>
+    <w:rsid w:val="00561742"/>
+    <w:rsid w:val="005752AE"/>
+    <w:rsid w:val="00597335"/>
+    <w:rsid w:val="005A753D"/>
+    <w:rsid w:val="005F3245"/>
+    <w:rsid w:val="006061EC"/>
+    <w:rsid w:val="00612DD9"/>
+    <w:rsid w:val="00623382"/>
+    <w:rsid w:val="006453AA"/>
+    <w:rsid w:val="00686544"/>
+    <w:rsid w:val="006E24A0"/>
+    <w:rsid w:val="006F0F5F"/>
+    <w:rsid w:val="00725FEB"/>
+    <w:rsid w:val="0072650C"/>
+    <w:rsid w:val="00745294"/>
+    <w:rsid w:val="00746D37"/>
+    <w:rsid w:val="007C0535"/>
+    <w:rsid w:val="007C3455"/>
+    <w:rsid w:val="007E5A00"/>
+    <w:rsid w:val="00876279"/>
+    <w:rsid w:val="008F181C"/>
+    <w:rsid w:val="0093606E"/>
+    <w:rsid w:val="009A5C36"/>
+    <w:rsid w:val="009C241D"/>
+    <w:rsid w:val="009E22C5"/>
+    <w:rsid w:val="00A6434D"/>
+    <w:rsid w:val="00A82BC6"/>
+    <w:rsid w:val="00A86765"/>
+    <w:rsid w:val="00B148A7"/>
+    <w:rsid w:val="00B55CE2"/>
+    <w:rsid w:val="00B97708"/>
+    <w:rsid w:val="00C63FD9"/>
+    <w:rsid w:val="00CE52AA"/>
+    <w:rsid w:val="00CE5C11"/>
+    <w:rsid w:val="00CF209A"/>
+    <w:rsid w:val="00D123E1"/>
+    <w:rsid w:val="00D17AA3"/>
+    <w:rsid w:val="00D17E73"/>
+    <w:rsid w:val="00D31172"/>
+    <w:rsid w:val="00D45796"/>
+    <w:rsid w:val="00E44E89"/>
+    <w:rsid w:val="00E83E31"/>
+    <w:rsid w:val="00EC2EFB"/>
+    <w:rsid w:val="00ED0CD7"/>
+    <w:rsid w:val="00F35F04"/>
+    <w:rsid w:val="00F40B13"/>
+    <w:rsid w:val="00F83200"/>
+    <w:rsid w:val="00FE050D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -10987,238 +25468,252 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...8 lines deleted...]
-    <w:rsid w:val="006A6AF6"/>
+    <w:rsid w:val="00F83200"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F83200"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A95B81"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F83200"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F83200"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6434D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A95B81"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A6434D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A95B81"/>
+    <w:rsid w:val="00745294"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A95B81"/>
+    <w:rsid w:val="00745294"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00794A68"/>
+    <w:rsid w:val="00745294"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00794A68"/>
+    <w:rsid w:val="00745294"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11290,528 +25785,642 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...8 lines deleted...]
-    <w:rsid w:val="006A6AF6"/>
+    <w:rsid w:val="00F83200"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F83200"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A95B81"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F83200"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F83200"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6434D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A95B81"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A6434D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A95B81"/>
+    <w:rsid w:val="00745294"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A95B81"/>
+    <w:rsid w:val="00745294"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00794A68"/>
+    <w:rsid w:val="00745294"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00794A68"/>
+    <w:rsid w:val="00745294"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="174152154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="525019962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="762528553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="770782097">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1160850404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1467433571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1531920617">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844514227">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>32681</Characters>
+  <Pages>15</Pages>
+  <Words>5206</Words>
+  <Characters>29679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>272</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>247</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38338</CharactersWithSpaces>
+  <CharactersWithSpaces>34816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Салтанат</dc:creator>
+  <dc:creator>01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>