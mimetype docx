--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -2,28802 +2,31790 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024782F">
+      <w:r w:rsidRPr="00F722A4">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Оқушылар сарайының тәрбие жұмысының</w:t>
+        <w:t>Воспитательная работа Дворца школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F722A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024782F">
+      <w:r w:rsidRPr="00F722A4">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>көпшілік іс</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> шаралар күнтізбесі</w:t>
+        <w:t xml:space="preserve">календарь массовых мероприятий </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024782F">
+      <w:r w:rsidRPr="00F722A4">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мақсаты:</w:t>
+        <w:t>Цель:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0024782F">
+      <w:r w:rsidRPr="00F722A4">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0024782F">
+      <w:r w:rsidRPr="00F722A4">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Балалар мен жасөспірімдердің бос уақытын мазмұнды ұйымдастыру және шығармашылық қызметін дамыту үшін жағдай жасау.</w:t>
+        <w:t xml:space="preserve">Создание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F722A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>условий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F722A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для организации содержательно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F722A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F722A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> досуга и развития творческой деятельности детей и подростков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10207" w:type="dxa"/>
-        <w:tblInd w:w="-176" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
-        <w:gridCol w:w="3261"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...22 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Название мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...22 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...22 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Участники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        </w:tc>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...7 lines deleted...]
-            <w:tcW w:w="9498" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="0024782F">
-              <w:rPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1A1A1A"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білім — адам баласының ортақ қазынасы</w:t>
             </w:r>
-            <w:r w:rsidRPr="0024782F">
-              <w:rPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...126 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция флешмоб «Салауатты өмір салты-денсаулық кепілі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мусекенова А.Т.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Солодовникова О.А.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Замзина А.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Умелые юные техники»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Канатов Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спортивный конкурс «Спорт – біздің серігіміз» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн конкурс чтецов «Тілім менің тірлігімнің айғағы» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьная лига «Мини футбол»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0024782F">
-[...101 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>День открытых дверей «Шығармашылық әлем»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тойшыбек А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-организаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семейный конкурс «Мерейлі отбасы» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс выразительного чтения «Абай  жолы романы  эпопеясы» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Әділ мемлекет. Біртұтас ұлт. Берекелі қоғам»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Президенты школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитательный час «Біз - бір елдің азаматтарымыз!» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сhallenge «Әуезов әлемі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Біз бақытты отбасы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Викторина «Историческая эстафета»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставка-конкурс «Дары балхашской осени-2022»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тойшыбек А.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов «Ананың алақаны – біз үшін ең жылы ұя»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Насирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьная лига «Асық ату»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Викторина «Жизнь Мухтара Ауэзова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков "Мой любимый город"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайдар А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс «Первый шаг к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>великому изобретанию»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Канатов Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Патриотизм  — ұлттық  рухтың  асқақ  белгісі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...149 lines deleted...]
-              <w:t>Балтабай Ж.Ә.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Қарттарымыз - асыл қазынамыз!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...129 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мейірім-fest «Қарттарын қадірлеген ел ардақты»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фестиваль-спектакли к 150-летию А. Байтурсынова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Насирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Видео </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>поздравление «Учитель-друг и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Буханцева В.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Концерная программа «Ұстазы  жақсының  ұстанымы  жақсы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Тәлімі мол -Тәлімгер»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Насирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Челлендж-видео  «Расскажи о своем питомце»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Поздравительная газета «Ұстаз - ұлы тұлға»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Капасова С.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Видео - поздравление «Ұстазым – ұлағатым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уланбасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фотовыставка коллажей «Ахмет Байтұрсынұлының 150 жылдығы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...149 lines deleted...]
-              <w:t>Жаксыгелдин Б.К.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Творческий конкурс   «Күзгі вернисаж»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
-[...4041 lines deleted...]
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>техниктер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Викторина «Всемирный день сердца. 5 правил здоровья»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тэйбл - talk «Рәміздер-рухымыз,арожданымыз» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской дебатный турнир, посвященный  Дню Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тойшыбек А.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе «Ақселеу  - алашқа ортақ тұлға»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тогайбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьная лига «Тоғызқұмалақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс поделок «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүрегіңмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мугманова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Первенство </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по шашкам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, посвященный Дню Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бадыгулова Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс знаний «Білгір»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тогайбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Саналы ұрпақ―жарқын болашақ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс -выставка «Күзгі  дала көрінісі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тогайбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол ««Балалар жылы»: Келешектің тұтқасы білімді ұрпақта»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балтабай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс знаменных грпп «Ұланымыз ұлы елдің»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фотоконкурс «Золотое время года»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қалыбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мастер-класс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өзіміз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрейік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қалиақпар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...5 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Игровой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>квест</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Наедине с осенью»</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...5 lines deleted...]
-              <w:t>ікті</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс поделок  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fashion Kids</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нас</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе «Әкеге-ізет, анаға – құрмет»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аяпбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Флешбук «Времена и PRO-фессии»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Творческий конкурс   «Сахналық іс-шара жүргізуші»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тогайбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов "Мектеп өмірінің бір күні"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қалиақпар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ток-шоу «Жас Ұлан» жастар тынысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проект «Жастар – армандайды»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балтабай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской этап республиканского дебатного турнира «Ұшқыр ой алаңы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тойшыбек А.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс эссе «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Болашақта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...5 lines deleted...]
-              <w:t>жас</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...5 lines deleted...]
-              <w:t>техниктер</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>болам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...90 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Капасова С.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Челлендж «Поможем птицам перезимовать»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Концертная программа «Әрбір бала-бір  жұлдыз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тогайбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс презентации «Әркімнің өз арманы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов «Болашақ-біздің қолымызда»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балтабай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ток-шоу «Қазақстанның жастары қаншалықты патриот?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қалиақпар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Заманауи тиімді мемлекет: Тәуелсіздік жетістіктері»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Первенство города по шашкам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>посвященн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ню </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Независимости      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бадыгулова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Тәуелсіздік – елдігімнің бастауы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Видео-презентация «Тәуелсіз елім- кең байтақ жерім!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«ЖасSTAR Awards»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балтабай Ж.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...816 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инфо time</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...4394 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...290 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Тәуелсіздік-ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...347 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұғыры»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс открыток «Таңғажайып жаңа жыл»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайдар А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской прием ЕДЮО «Жас Ұлан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ғажайып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жумадилов М.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...124 lines deleted...]
-              <w:t>ҚББҰ</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс снежных фигур </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шеберлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалашығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-организаторы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Білім  бәйгесі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эрудит-онлайн «Тәуелсіздігіміздің  жоғары құндылықтары»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс электронных презентаций «Слово о Независимости»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Буханцева В.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Челлендж  «Кітап біздің досымыз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="28"/>
-[...87 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Конкурс молодых ученых «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Jas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ǵalym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Программа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ғажайып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-организаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>икторина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мақтанышым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вечер подарков «Здравствуй, Новый год»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс плакатов «Біз сыбайлас жемқорлықсыз әлем үшін»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаһандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="323232"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бастамалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс конструкторов «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lego-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>елочка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Бір сәт бақыт сыйла»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анимационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ролик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>ультфильм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Весёлая анимация»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нтеллектуальная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> игра «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Talk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>like</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс поделок из природного материала «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тамашалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мугманова И.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фотоконкурс «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қысқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өрнек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тогайбекова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...132 lines deleted...]
-              <w:t>Насирова К.С.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов «История одной фотографии»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Буханццева В.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
-[...2633 lines deleted...]
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:trPr>
           <w:trHeight w:val="930"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс социальной рекламы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Стиль жизни — здоровье!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ахат Ж.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской форум  "Біз мамандықтар әлемін ашамыз"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час интересных сообщений «Собрание редкостей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Калашникова В.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экологический проект «ProEco»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балтабай Ж.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>Аспанды</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квест</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-игра "Покорение неба" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жумадилов О.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков «Таза болса табиғат – аман болар адамзат»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Бабалар сөзі – даналық көзі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов «Аппақ қарға бөлеген қыс»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Развлекательные игры «Солнце января»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе «Егер Мен адамдарға жақсылық жасасам....»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс сочинений «Аяз атаға хат»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Құқықбұзушылық неден басталады?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Тарихты білу – ұрпақ парызы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов "Моя будущая профессия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Буханцева В.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Қайырымдылық-қайырлы іс»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс «Самый зеленый кабинет»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-              <w:t>ғындыру</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...18 lines deleted...]
-              <w:t>вест-</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>ойыны</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автомоделированию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...84 lines deleted...]
-              <w:t>Жумадилов О.С.</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Первая скорость"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Канатов Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...131 lines deleted...]
-              <w:t>Насирова К.С.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Акция подарок своими руками  «Қолөнер – сырлы өнер»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жайнабекова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...1741 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t>«Битва Талантов»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Солодовникова О.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...141 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>Фотовыставка «Туған өлкенің сұлулығы...»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="030303"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...97 lines deleted...]
-              <w:t>Насирова К.С.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Интернетсіз бір күн»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...167 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-15"/>
                 <w:kern w:val="36"/>
-                <w:szCs w:val="28"/>
-[...93 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Защита плакатов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Планета моей мечты»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Капасова С.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғасыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көзімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Насирова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:t>Б</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Викторина «Что читали наши мамы и папы? Что читаю я?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс детского танца «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>іздің</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айгөлек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс презентаций «Алғыс білдіру - ең асыл сөз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ахметова А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Творческий конкурс «Екі жұлдыз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс рисунков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>аналар</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жердің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> мен </w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>әкелер</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табиғаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> не </w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жумадилов М.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс эссе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>оқыды</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алғыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">? Мен не </w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...4 lines deleted...]
-              <w:t>оқимын</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сөздің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...89 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дебаты «Әлеуметтік желі дерт пе, алде қажет пе?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Театральная постановка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Вспомни классику»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Калашникова В.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...131 lines deleted...]
-              <w:t>Тогайбекова Г.К.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Викторина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тағылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білгірлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
-[...1175 lines deleted...]
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:trPr>
           <w:trHeight w:val="688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:after="150" w:line="360" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-15"/>
                 <w:kern w:val="36"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-15"/>
                 <w:kern w:val="36"/>
-                <w:szCs w:val="28"/>
-[...87 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ащита</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плаката «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Армандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> планета»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-15"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Насирова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Рухы биік, еңбегі ерен, бірлігі мығым – Мәңгілік ел»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тогайбекова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
-[...2 lines deleted...]
-            <w:tcW w:w="10207" w:type="dxa"/>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Дала өркениеттері мұрасы: Ұлы даланың жеті қыры»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...4 lines deleted...]
-              <w:rPr>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе "Рақмет саған, Туған елім"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Капасова С.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Флешинфо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Доброта и благодарность»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> произведений «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қиялымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әлем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="362A1B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс 3Д открыток «Бәрі де,ана,бір өзіңнен басталады»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аяпбекова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квест-игра «Путешествие по Галактике»»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитательный час </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> — </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көктем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мейрамы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="2E2E2E"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Программа  «Наурыз-ынтымақ пен бірлік мерекесі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ашимханова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шакенова К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Сіздер үшін, аяулы аналар, арулар»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Викторина «Ежелгі мерекенің құндылықтары»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Творческий конкурс моды «Kişkentay xanım»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс семейной фотографии «Үлгілі отбасы - мәңгілік елдің тірегі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час вопросов и ответов «Сыбайлас жемқорлыққа жастардың көзқарасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қалиақпар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс- выставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қазақтың ұлттық бұйымдары»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жайнабекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Үздік –Ұланбасы 2023»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Я благодарю тебя»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соревнования по национальным играм "Ұлттық ойын - халық қазынасы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Видео презентация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Светлый праздник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Табиғат әлемін қорғайық!»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...132 lines deleted...]
-              <w:t>Капасова С.Б.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Смех-тайм </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Күлкі - көңіл ажары"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...41 lines deleted...]
-                <w:color w:val="362A1B"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Репортаж «Ғарышты бағындырған Қазақстан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Буханцева В.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс социальных плакатов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Птицы и природа»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-минутка «Звездный час земли»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Спортивное мероприятие «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өмір-көтеріңкі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өңіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дню Космонавтики «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-конструирование»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оспанов Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиофреш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Открываешь книги - открываешь мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс творческих работ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Ғарыш балалар көзімен"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайдар А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экологическая акция «WORLD CLEANUP DAY»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дублер-шоу «Мамандық таңдап көріңіз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эко- акция </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Құстар - біздің досымыз!"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экскурсия  «Озеро Балхаш»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выставка«Кітап – дәуір айнасы» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мен оқыған кітап»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Тазалық еліне аттанайық»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Панорама «Вклад Казахстана в освоение космоса»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайдар А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...1 lines deleted...]
-                <w:color w:val="362A1B"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тал </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интеллектуальное шоу «Знатоки фильмов»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калашникова В.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нтервью</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hi! My young friend.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Веселые старты «Дені саудың , жаны сау»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бейбітшілік пен тұрақтылықтың кепілі»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рисунков «Мы в мире, дружбе будем жить»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайдар А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тэйбл-talk "Бірлігі жарасқан Қазақстан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фестиваль «Халықтар  достығы –бірліктің берекелі бесігі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «7 мамыр-Отан қорғаушылар күні»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бейбітшілік – ел тірегі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Видео презентация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отанымды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорғаймын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской прием «Жас Қыран» ұйымына қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитательный час «Ел </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорғаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қарулы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үштер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информационный час</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Минувших лет живая память»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «Открытка Ветерану»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мугманова И.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фотоконкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Мейірімділік</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Менің әкем - әлемдегі ең жақсы адам" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фотоконкурс  «Әкем асқар тауым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тогайбекова Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс видеороликов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Мы не забудем"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час поэзии «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өлеңмен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> пен </w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...6 lines deleted...]
-              <w:t>алғыс</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0024782F">
-[...6 lines deleted...]
-              <w:t>» ф</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024782F">
-[...6 lines deleted...]
-              <w:t>лешинфо</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...84 lines deleted...]
-              <w:t>ҚББҰ</w:t>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...135 lines deleted...]
-              <w:t>Балтабай Ж.А.</w:t>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вахта памяти «Бабалар ерлігі – ұрпаққа үлгі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Насирова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidTr="00830C5D">
+      <w:tr w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidTr="00292FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="00830C5D">
-[...7721 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>169</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...109 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Круглый стол </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Простая наука услышать друг друга»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F722A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Калашникова В.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024782F" w:rsidRPr="0024782F" w:rsidRDefault="0024782F" w:rsidP="0024782F">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
-        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00166216" w:rsidRPr="0024782F" w:rsidRDefault="00166216">
+    <w:p w:rsidR="00F722A4" w:rsidRPr="00F722A4" w:rsidRDefault="00F722A4" w:rsidP="00F722A4">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="91" w:hanging="57"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00166216" w:rsidRPr="0024782F" w:rsidSect="0024782F">
+    <w:p w:rsidR="00166216" w:rsidRPr="00F722A4" w:rsidRDefault="00166216">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00166216" w:rsidRPr="00F722A4" w:rsidSect="00F722A4">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Arial">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Jikharev">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0000000F"/>
-[...20 lines deleted...]
-    <w:nsid w:val="021925BE"/>
+    <w:nsid w:val="03574310"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B7501EF0"/>
-    <w:lvl w:ilvl="0" w:tplc="8F46EE0E">
+    <w:tmpl w:val="E7EE1F5E"/>
+    <w:lvl w:ilvl="0" w:tplc="404CEEC6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2367" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="02442092"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="05B35628"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="77428D70"/>
-[...201 lines deleted...]
-    <w:tmpl w:val="5BC85B76"/>
+    <w:tmpl w:val="F2181CB2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -28863,276 +31851,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="1D0616A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="851CEAFC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1160"/>
         </w:tabs>
         <w:ind w:left="1160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29228,253 +31991,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6200"/>
         </w:tabs>
         <w:ind w:left="6200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6920"/>
         </w:tabs>
         <w:ind w:left="6920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-[...201 lines deleted...]
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="2A5D6140"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="04190025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="576"/>
@@ -29552,276 +32113,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="2EA10139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27D47082"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29917,704 +32253,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-[...652 lines deleted...]
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="493D7477"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3ACB01C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1337" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2057" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -30683,380 +32366,64 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6377" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7097" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4A4613BE"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="60B53C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23783B12"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="21E21E46"/>
+    <w:lvl w:ilvl="0" w:tplc="BEFAF3BC">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...315 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -31112,393 +32479,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
-[...341 lines deleted...]
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="68ED17AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A13865C2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -31567,908 +32592,99 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
-[...648 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...169 lines deleted...]
-    <w:abstractNumId w:val="34"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F17675"/>
+    <w:rsidRoot w:val="00E83BDA"/>
     <w:rsid w:val="00166216"/>
-    <w:rsid w:val="0024782F"/>
     <w:rsid w:val="0048159B"/>
-    <w:rsid w:val="00F17675"/>
+    <w:rsid w:val="00E83BDA"/>
+    <w:rsid w:val="00F722A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -32496,62 +32712,63 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="footnote text" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="0"/>
     <w:lsdException w:name="line number" w:uiPriority="0"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="endnote reference" w:uiPriority="0"/>
     <w:lsdException w:name="endnote text" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0"/>
     <w:lsdException w:name="List Number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Block Text" w:uiPriority="0"/>
-    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid 2" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
@@ -32626,1127 +32843,1433 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:right="-625"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val=" Знак15,Знак15"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a2">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:aliases w:val=" Знак15 Знак,Знак15 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="480"/>
+      <w:ind w:right="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="32"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="31"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст Знак"/>
+    <w:link w:val="af"/>
+    <w:locked/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web)1,Знак Знак3,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак,Обычный (веб) Зн"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:aliases w:val=" Знак3, Знак4"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="60">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:aliases w:val=" Знак3 Знак, Знак4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="70">
-    <w:name w:val="Заголовок 7 Знак"/>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="Body Text Indent"/>
+    <w:aliases w:val="Основной текст с отступом Знак1,Основной текст с отступом Знак2 Знак,Основной текст с отступом Знак1 Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак Знак, Знак6"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:aliases w:val="Основной текст с отступом Знак1 Знак,Основной текст с отступом Знак2 Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак Знак, Знак6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afa">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="7"/>
-    <w:rsid w:val="0024782F"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="33">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="34"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web)1 Знак,Знак Знак3 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак Знак,Знак4 Зна Знак"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="80">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:iCs/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="90">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoSpacing1">
+    <w:name w:val="No Spacing1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyTextIndent1">
+    <w:name w:val="Body Text Indent1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="482"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:link w:val="BodyTextIndent1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-284" w:right="-523"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="ac"/>
+    <w:link w:val="afd"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:firstLine="210"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Красная строка Знак"/>
+    <w:basedOn w:val="ad"/>
+    <w:link w:val="afc"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...15 lines deleted...]
-    <w:aliases w:val="Основной текст с отступом Знак1 Знак,Основной текст с отступом Знак2 Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак Знак, Знак6 Знак"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="a6"/>
-[...10 lines deleted...]
-    <w:basedOn w:val="a2"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="aff">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0024782F"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
-[...12 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="aff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
-[...12 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
-      <w:ind w:left="283"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="425" w:hanging="357"/>
+      <w:jc w:val="both"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...1 lines deleted...]
-    <w:aliases w:val=" Знак3 Знак, Знак4 Знак"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="110">
+    <w:name w:val="Нет списка11"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Сетка таблицы3"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="21"/>
-    <w:rsid w:val="0024782F"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="Обычный1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="aff1">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
-[...2 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="aff2">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="26">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="-6237"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9629"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="709" w:hanging="651"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...8 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:noProof/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="23">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="36">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="400" w:hanging="57"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...116 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0024782F"/>
-[...29 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9629"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="709" w:hanging="675"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:noProof/>
-    </w:rPr>
-[...38 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afb">
+  <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="afc"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff4"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afd">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff4">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff3"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff5">
     <w:name w:val="footnote reference"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afe">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff6">
     <w:name w:val="МОН основной"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:line="360" w:lineRule="auto"/>
-      <w:ind w:firstLine="709"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="709"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="header1">
     <w:name w:val="header1"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...11 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
-      <w:ind w:firstLine="851"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="851"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff1">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...8 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="61">
     <w:name w:val="Знак6 Знак Знак"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="41">
     <w:name w:val="Знак4 Знак Знак"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff4">
+  <w:style w:type="paragraph" w:styleId="aff7">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="a0"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aff6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff8">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff7"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff9">
     <w:name w:val="endnote reference"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="osn">
     <w:name w:val="osn"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="283"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="KZ Arial" w:eastAsia="Times New Roman" w:hAnsi="KZ Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...2 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="affa">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
-  <w:style w:type="character" w:styleId="aff7">
-[...7 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affb">
+    <w:name w:val="Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:ind w:left="720" w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff8">
-[...15 lines deleted...]
-  <w:style w:type="table" w:styleId="26">
+  <w:style w:type="table" w:styleId="27">
     <w:name w:val="Table Grid 2"/>
-    <w:basedOn w:val="a2"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33777,380 +34300,408 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affc">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aff2">
-[...27 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="111">
+    <w:name w:val="Сетка таблицы11"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c2c13">
     <w:name w:val="c2 c13"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1c11">
     <w:name w:val="c1 c11"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...11 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="220">
     <w:name w:val="Основной текст с отступом 22"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:ind w:left="0" w:firstLine="360"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="360"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="zag">
     <w:name w:val="zag"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="KZ Jikharev" w:eastAsia="Times New Roman" w:hAnsi="KZ Jikharev" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
     <w:name w:val="short_text"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="110">
-[...2 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1110">
+    <w:name w:val="Сетка таблицы111"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="27">
-[...2 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Сетка таблицы21"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="357"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="36">
-[...1 lines deleted...]
-    <w:basedOn w:val="a2"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="1111">
+    <w:name w:val="Нет списка111"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font9">
+    <w:name w:val="font_9"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Сетка таблицы31"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font9">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="42">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
-    <w:name w:val="y2iqfc"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="51">
+    <w:name w:val="Сетка таблицы5"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="15">
-[...1 lines deleted...]
-    <w:next w:val="a3"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="28">
+    <w:name w:val="Нет списка2"/>
+    <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="footnote text" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="0"/>
     <w:lsdException w:name="line number" w:uiPriority="0"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="endnote reference" w:uiPriority="0"/>
     <w:lsdException w:name="endnote text" w:uiPriority="0"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0"/>
     <w:lsdException w:name="List Number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Block Text" w:uiPriority="0"/>
-    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid 2" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
@@ -34225,1127 +34776,1433 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:right="-625"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val=" Знак15,Знак15"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="a0"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:qFormat/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a2">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:aliases w:val=" Знак15 Знак,Знак15 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="480"/>
+      <w:ind w:right="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="32"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="31"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст Знак"/>
+    <w:link w:val="af"/>
+    <w:locked/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web)1,Знак Знак3,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак,Обычный (веб) Зн"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:aliases w:val=" Знак3, Знак4"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="60">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:aliases w:val=" Знак3 Знак, Знак4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="70">
-    <w:name w:val="Заголовок 7 Знак"/>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="Body Text Indent"/>
+    <w:aliases w:val="Основной текст с отступом Знак1,Основной текст с отступом Знак2 Знак,Основной текст с отступом Знак1 Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак Знак, Знак6"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:aliases w:val="Основной текст с отступом Знак1 Знак,Основной текст с отступом Знак2 Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак Знак, Знак6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afa">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="7"/>
-    <w:rsid w:val="0024782F"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="33">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="34"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web)1 Знак,Знак Знак3 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак Знак,Знак4 Зна Знак"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="80">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:iCs/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="90">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoSpacing1">
+    <w:name w:val="No Spacing1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyTextIndent1">
+    <w:name w:val="Body Text Indent1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="482"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:link w:val="BodyTextIndent1"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-284" w:right="-523"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="ac"/>
+    <w:link w:val="afd"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:ind w:firstLine="210"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Красная строка Знак"/>
+    <w:basedOn w:val="ad"/>
+    <w:link w:val="afc"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...15 lines deleted...]
-    <w:aliases w:val="Основной текст с отступом Знак1 Знак,Основной текст с отступом Знак2 Знак Знак,Основной текст с отступом Знак1 Знак Знак Знак,Основной текст с отступом Знак2 Знак Знак Знак Знак, Знак6 Знак"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="a6"/>
-[...10 lines deleted...]
-    <w:basedOn w:val="a2"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="aff">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0024782F"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
-[...12 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="aff"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
-[...12 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
-      <w:ind w:left="283"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="425" w:hanging="357"/>
+      <w:jc w:val="both"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...1 lines deleted...]
-    <w:aliases w:val=" Знак3 Знак, Знак4 Знак"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="110">
+    <w:name w:val="Нет списка11"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Сетка таблицы3"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="21"/>
-    <w:rsid w:val="0024782F"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="Обычный1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="aff1">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
-[...2 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="aff2">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="26">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="-6237"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9629"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="709" w:hanging="651"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...8 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:noProof/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="23">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:styleId="36">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="400" w:hanging="57"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...116 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0024782F"/>
-[...29 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9629"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="709" w:hanging="675"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:noProof/>
-    </w:rPr>
-[...38 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afb">
+  <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="afc"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff4"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afd">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff4">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff3"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff5">
     <w:name w:val="footnote reference"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afe">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff6">
     <w:name w:val="МОН основной"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:line="360" w:lineRule="auto"/>
-      <w:ind w:firstLine="709"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="709"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="header1">
     <w:name w:val="header1"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...11 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
-      <w:ind w:firstLine="851"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:firstLine="851"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff1">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...8 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="61">
     <w:name w:val="Знак6 Знак Знак"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="41">
     <w:name w:val="Знак4 Знак Знак"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff4">
+  <w:style w:type="paragraph" w:styleId="aff7">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="a0"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff8"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="91" w:hanging="57"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aff6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff8">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff7"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff9">
     <w:name w:val="endnote reference"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="osn">
     <w:name w:val="osn"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="283"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="KZ Arial" w:eastAsia="Times New Roman" w:hAnsi="KZ Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...2 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="character" w:styleId="affa">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
-  <w:style w:type="character" w:styleId="aff7">
-[...7 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affb">
+    <w:name w:val="Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:ind w:left="720" w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff8">
-[...15 lines deleted...]
-  <w:style w:type="table" w:styleId="26">
+  <w:style w:type="table" w:styleId="27">
     <w:name w:val="Table Grid 2"/>
-    <w:basedOn w:val="a2"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="91" w:hanging="57"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -35376,320 +36233,347 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="affc">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aff2">
-[...27 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="111">
+    <w:name w:val="Сетка таблицы11"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c2c13">
     <w:name w:val="c2 c13"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1c11">
     <w:name w:val="c1 c11"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...11 lines deleted...]
-    <w:rsid w:val="0024782F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="220">
     <w:name w:val="Основной текст с отступом 22"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:ind w:left="0" w:firstLine="360"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="360"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="zag">
     <w:name w:val="zag"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="KZ Jikharev" w:eastAsia="Times New Roman" w:hAnsi="KZ Jikharev" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
     <w:name w:val="short_text"/>
-    <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="110">
-[...2 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1110">
+    <w:name w:val="Сетка таблицы111"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="27">
-[...2 lines deleted...]
-    <w:next w:val="a8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Сетка таблицы21"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="357"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="36">
-[...1 lines deleted...]
-    <w:basedOn w:val="a2"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="1111">
+    <w:name w:val="Нет списка111"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F722A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font9">
+    <w:name w:val="font_9"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Сетка таблицы31"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font9">
-[...3 lines deleted...]
-    <w:rsid w:val="0024782F"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="42">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
-    <w:name w:val="y2iqfc"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="51">
+    <w:name w:val="Сетка таблицы5"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="0024782F"/>
+    <w:next w:val="afa"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F722A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="15">
-[...1 lines deleted...]
-    <w:next w:val="a3"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="28">
+    <w:name w:val="Нет списка2"/>
+    <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0024782F"/>
+    <w:rsid w:val="00F722A4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -35950,55 +36834,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>12614</Characters>
+  <Pages>8</Pages>
+  <Words>2143</Words>
+  <Characters>12217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14797</CharactersWithSpaces>
+  <CharactersWithSpaces>14332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>