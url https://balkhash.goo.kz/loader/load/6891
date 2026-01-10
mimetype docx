--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -1,1520 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="002C1E1B" w:rsidRDefault="002C1E1B" w:rsidP="005F3F49">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00005C46" w:rsidRDefault="00005C46" w:rsidP="002C1E1B">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00460AC3" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
-[...71 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>Одна страна -одна книга  2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00460AC3" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00005C46">
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">2021 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00005C46">
+        <w:t>В 2021 году в рамках данного проекта была предложена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00460AC3" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>жылы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00005C46">
+      </w:pPr>
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00005C46">
+        <w:t>духовно-культурная акция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00460AC3" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AC3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«30 книг к 30-летию Независимости»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>жоба</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>приуроченная к юбилейной дате обретения суверенитета Республикой Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...424 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-      </w:pPr>
-[...791 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Для  всеобщего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00460AC3">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
+        <w:t xml:space="preserve"> прочтения были выбраны 30 произведений казахстанских авторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00FF0E98" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0E98">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>Акция «30 книг – 30-летию Независимости» будет содействовать повышению интереса молодежи к чтению, развитию исследовательского интереса к изучению литературного наследия Казахстана, а также способствовать интеллектуально-духовному развитию подрастающего поколения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1E1B" w:rsidRPr="00460AC3" w:rsidRDefault="002C1E1B" w:rsidP="002C1E1B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002C1E1B" w:rsidRDefault="002C1E1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C1E1B" w:rsidRDefault="007B61A2">
+    <w:p w:rsidR="002C1E1B" w:rsidRDefault="002C1E1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-21.3pt;margin-top:22.95pt;width:467.25pt;height:330.75pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page">
             <v:imagedata r:id="rId4" o:title="057167f69f4835a8a3150a3be4ccecca-1"/>
             <w10:wrap type="topAndBottom"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="002C1E1B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C1E1B" w:rsidRDefault="002C1E1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005F3F49" w:rsidRDefault="005F3F49" w:rsidP="005F3F49">
       <w:pPr>
@@ -5974,154 +4786,144 @@
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001A39E5" w:rsidRDefault="001A39E5"/>
     <w:sectPr w:rsidR="001A39E5" w:rsidSect="005F3F49">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="dashDotStroked" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:left w:val="dashDotStroked" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:right w:val="dashDotStroked" w:sz="24" w:space="24" w:color="0070C0"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F3F49"/>
-    <w:rsid w:val="00005C46"/>
     <w:rsid w:val="001A39E5"/>
     <w:rsid w:val="002C1E1B"/>
     <w:rsid w:val="005F3F49"/>
-    <w:rsid w:val="007B61A2"/>
     <w:rsid w:val="00814003"/>
     <w:rsid w:val="00C64614"/>
     <w:rsid w:val="00C75765"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C520D08"/>
   <w15:docId w15:val="{FEC018A5-CFEA-4C80-A0B0-69CCCF08DCBB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6541,51 +5343,51 @@
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="002C1E1B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="002C1E1B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="1305354562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
@@ -6830,72 +5632,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1733</Characters>
+  <Pages>5</Pages>
+  <Words>314</Words>
+  <Characters>1791</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2032</CharactersWithSpaces>
+  <CharactersWithSpaces>2101</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>