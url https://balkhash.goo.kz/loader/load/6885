--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,84 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
+    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="002918E3" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00523F21">
-[...5 lines deleted...]
-        <w:t>Утверждаю:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
+    <w:p w:rsidR="003F7592" w:rsidRPr="002918E3" w:rsidRDefault="002918E3" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00523F21">
-[...5 lines deleted...]
-        <w:t>Директор школы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп директоры</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00523F21">
         <w:rPr>
@@ -116,334 +127,454 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
+    <w:p w:rsidR="003F7592" w:rsidRDefault="00FF3122" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00523F21">
+      <w:r w:rsidRPr="00FF3122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">График проведения </w:t>
+        <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00523F21">
+      <w:r w:rsidRPr="00FF3122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>суммативного</w:t>
+        <w:t>сынып</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00523F21">
+      <w:r w:rsidRPr="00FF3122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оценивания</w:t>
+        <w:t xml:space="preserve">, ІІ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тоқсан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2020-2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF3122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
-[...38 lines deleted...]
-    <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
+    <w:p w:rsidR="00FF3122" w:rsidRPr="00523F21" w:rsidRDefault="00FF3122" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9669" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="3586"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="003F7592">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00FF3122" w:rsidRDefault="00FF3122">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00523F21">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-              <w:t>предмет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00FF3122" w:rsidRDefault="00FF3122">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00523F21">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-              <w:t>учитель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
+          <w:p w:rsidR="003F7592" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00523F21">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-              <w:t>сор</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бжб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
+          <w:p w:rsidR="003F7592" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00523F21">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тжб</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
-[...16 lines deleted...]
-              <w:t>Русский язык</w:t>
+          <w:p w:rsidR="00523F21" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="00B27C9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
@@ -462,319 +593,358 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Клара </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Бауржановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="003B2063">
+          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="003B2063" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.12.2020 г.</w:t>
+              <w:t xml:space="preserve">.12.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
-[...30 lines deleted...]
-              <w:t>литература</w:t>
+          <w:p w:rsidR="00523F21" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс әдебиеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>11.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>25.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="005C0FC1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00523F21">
-[...29 lines deleted...]
-            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Базарбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Саягуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -784,113 +954,143 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Базарбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>09.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>24.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -936,113 +1136,143 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Тян</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Галина Вениаминовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>14.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>28.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -1088,113 +1318,143 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Тян</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Галина Вениаминовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>10.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>24.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -1265,113 +1525,143 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Айтбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>10.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>22.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -1426,113 +1716,143 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Сауле </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Газисовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>14.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>23.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -1587,303 +1907,352 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Сауле </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Ашиковна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>08.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
+          <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>25.12</w:t>
             </w:r>
             <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7592" w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="00523F21" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан тарих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>История Казахстана</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>Сидорова Наталья Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRDefault="00523F21">
-[...16 lines deleted...]
-              <w:t>15.12.2020 г.</w:t>
+          <w:p w:rsidR="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.12.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRDefault="00523F21">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidTr="00523F21">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="00523F21" w:rsidRPr="005C0FC1" w:rsidRDefault="005C0FC1" w:rsidP="00523F21">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="00523F21" w:rsidRDefault="00523F21" w:rsidP="00523F21">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Орымбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Жангуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -1900,232 +2269,267 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Казбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="00523F21">
+          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>10.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="00523F21">
+          <w:p w:rsidR="00523F21" w:rsidRPr="00523F21" w:rsidRDefault="00523F21" w:rsidP="005C0FC1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>24.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00523F21">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>.2020 г.</w:t>
+              <w:t xml:space="preserve">.2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00523F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F7592" w:rsidRPr="00523F21" w:rsidRDefault="003F7592" w:rsidP="003F7592">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00711B7C" w:rsidRPr="00523F21" w:rsidRDefault="00711B7C"/>
     <w:sectPr w:rsidR="00711B7C" w:rsidRPr="00523F21">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F87E9D"/>
+    <w:rsid w:val="002918E3"/>
     <w:rsid w:val="002F132B"/>
     <w:rsid w:val="003B2063"/>
     <w:rsid w:val="003F7592"/>
     <w:rsid w:val="00523F21"/>
+    <w:rsid w:val="005C0FC1"/>
     <w:rsid w:val="00711B7C"/>
     <w:rsid w:val="00F87E9D"/>
+    <w:rsid w:val="00FF3122"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2CF2694B"/>
+  <w14:docId w14:val="6E7BBCB0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8C2C1D7B-356A-467E-AAAD-0F3D73693395}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2566,50 +2970,51 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1125731661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2840,70 +3245,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>123</Words>
-  <Characters>704</Characters>
+  <Words>118</Words>
+  <Characters>679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>826</CharactersWithSpaces>
+  <CharactersWithSpaces>796</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>10 школа</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>