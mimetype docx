--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,95 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00691E07" w:rsidRPr="00607637" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+    <w:p w:rsidR="00691E07" w:rsidRPr="00607637" w:rsidRDefault="00691E07" w:rsidP="00691E07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00691E07" w:rsidRPr="00607637">
+      <w:r w:rsidRPr="00607637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Утверждаю:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+    <w:p w:rsidR="00691E07" w:rsidRPr="00607637" w:rsidRDefault="00691E07" w:rsidP="00691E07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00607637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп директоры</w:t>
+        <w:t>Директор школы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00691E07" w:rsidRPr="00607637" w:rsidRDefault="00691E07" w:rsidP="00691E07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00607637">
         <w:rPr>
@@ -116,619 +106,528 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00607637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00691E07" w:rsidRPr="00FE515A" w:rsidRDefault="00691E07" w:rsidP="00691E07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00691E07" w:rsidRPr="00FE515A" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+    <w:p w:rsidR="00691E07" w:rsidRPr="00FE515A" w:rsidRDefault="00691E07" w:rsidP="00A318D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E90513">
+      <w:r w:rsidRPr="00FE515A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Жиынтық</w:t>
+        <w:t xml:space="preserve">График проведения </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E90513">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE515A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>суммативного</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E90513">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE515A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>баға</w:t>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00691E07" w:rsidRPr="00FE515A" w:rsidRDefault="00691E07" w:rsidP="00A318D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 классы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE515A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="002F69A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ⅰ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F69A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверть</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>лауды</w:t>
+        <w:t>, 2020 - 2021</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00FE515A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="9570" w:type="dxa"/>
+        <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1040"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1687"/>
+        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="2256"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1672"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3345" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E90513">
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өткізу</w:t>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Дата проведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>ТЖБ</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
-[...27 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жумагельдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
@@ -745,68 +644,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тлеужановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -822,223 +721,183 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...9 lines deleted...]
-              <w:t>ж</w:t>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...102 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Базарбекова</w:t>
             </w:r>
@@ -1069,142 +928,142 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Базарбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>литературное чтение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Хасенова</w:t>
@@ -1214,54 +1073,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Эльвира </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бакытовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -1277,310 +1136,250 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...28 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...28 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -1596,155 +1395,135 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -1760,81 +1539,61 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -1850,835 +1609,737 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Естествознание </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...48 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>14.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002F69A9" w:rsidRDefault="00C553E4" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="00C553E4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidR="002F69A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.12.2020 </w:t>
-[...25 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+              <w:t>.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00691E07">
-[...27 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Татаринова Юлия Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...9 lines deleted...]
-              <w:t>ж</w:t>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...82 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Леонтьева Алена Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...25 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Ахметова </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2694,1692 +2355,1452 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тургановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>08.12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00691E07">
-[...33 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00691E07">
-[...27 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...18 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Карипжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Светлана </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кабылбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...44 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>литературное чтение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мацевка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Марина Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...44 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...19 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.2020.</w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+              <w:t>.2020.г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...18 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...19 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>07.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...53 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Естествознание </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...67 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...43 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...67 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="002F69A9" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="00C553E4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="002F69A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="002F69A9" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Леонтьева Алена Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...25 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Татаринова Юлия Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2 В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Ахметова </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4395,2096 +3816,1887 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тургановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>08.12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00691E07">
-[...33 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="002F69A9" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00691E07">
-[...27 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00691E07" w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...18 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Карипжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Светлана </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кабылбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...44 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>литературное чтение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Новокшонова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ирина Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>.2020 г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>..</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-              <w:t>ж</w:t>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22.12.2020 г</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...44 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...19 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...18 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...19 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>07.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...53 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...67 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...43 lines deleted...]
-            <w:tcW w:w="2949" w:type="dxa"/>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...67 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00C553E4" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00A318D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.12.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w:rsidR="00A318D4" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...14 lines deleted...]
-            <w:tcW w:w="2236" w:type="dxa"/>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRPr="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...29 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Леонтьева Алена Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...27 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+              <w:t>.2020 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E90513" w:rsidRDefault="00E90513" w:rsidP="00E90513">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E90513" w:rsidRPr="00691E07" w:rsidRDefault="00E90513" w:rsidP="00E90513">
+          <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00A318D4" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2020 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00E90513">
+      <w:tr w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidTr="00A318D4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2949" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691E07">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Татаринова Юлия Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00691E07" w:rsidRPr="00691E07" w:rsidRDefault="00691E07" w:rsidP="00691E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0086385A" w:rsidRDefault="0086385A"/>
     <w:p w:rsidR="00691E07" w:rsidRDefault="00691E07"/>
     <w:sectPr w:rsidR="00691E07" w:rsidSect="002F69A9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="851" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009125E4"/>
     <w:rsid w:val="002F69A9"/>
     <w:rsid w:val="00691E07"/>
     <w:rsid w:val="0086385A"/>
     <w:rsid w:val="009125E4"/>
     <w:rsid w:val="00A318D4"/>
     <w:rsid w:val="00C553E4"/>
-    <w:rsid w:val="00E90513"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4A64FF35"/>
-  <w15:docId w15:val="{641F82C4-6150-4318-8C93-05C533EA49F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00691E07"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00691E07"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00691E07"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00691E07"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00691E07"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -6533,74 +5745,73 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00691E07"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1969895354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6814,81 +6025,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>224</Words>
-  <Characters>1283</Characters>
+  <Words>237</Words>
+  <Characters>1351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1504</CharactersWithSpaces>
+  <CharactersWithSpaces>1585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>10 школа</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>