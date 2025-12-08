--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -1,7824 +1,1860 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0092029E" w:rsidRDefault="008F10BD" w:rsidP="0092029E">
+    <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F10BD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР 2015-2025 </w:t>
+        <w:t xml:space="preserve">Реализация плана мероприятий Антикоррупционной стратегии РК на 2015 – 2025 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F10BD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жылдарға</w:t>
-[...277 lines deleted...]
-        <w:t>жөніндегі</w:t>
+        <w:t>г.г</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> и противодействию теневой экономике                                           КГУ «ОШ №10»</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="737"/>
         <w:gridCol w:w="4231"/>
         <w:gridCol w:w="4603"/>
       </w:tblGrid>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRPr="008F10BD" w:rsidRDefault="008F10BD" w:rsidP="008F10BD">
-[...36 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="008F10BD" w:rsidP="0092029E">
-[...27 lines deleted...]
-              <w:t>-шара</w:t>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007F7CAF" w:rsidP="0092029E">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00CF7F0E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007F7CAF" w:rsidP="0092029E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7F0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Сыбайлас</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+              <w:t>Рассмотрение вопроса борьбы с коррупцией на коллегиях, совещаниях управления образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.09 2020 года проведено совещание при директоре по ознакомлению с правовыми актами антикоррупционного стандарта и с Кодексом чести. Приказом директора назначен уполномоченный по этике и противодействию коррупции зам. директора по ВР Кириченко Л.В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00CF7F0E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>жемқорлыққа</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Реализация Программы формирования антикоррупционной культуры в школьной среде в контексте духовно-нравственного и гражданско-патриотического воспитания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF7F0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...134 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007F7CAF" w:rsidP="0092029E">
-[...573 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Воспитательная работа в школе проводится по комплексному плану</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на основе «Концепции воспитания в системе непрерывного обр</w:t>
+            </w:r>
+            <w:r w:rsidR="0047723A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азования Республики Казахстан». Составлен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> план по формированию антикоррупционной культуры в школе ,  а также план школьного клуба «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адал Ұрпақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>». Все мероприятия ведутся по плану. Запланиро</w:t>
+            </w:r>
+            <w:r w:rsidR="0047723A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вано 17 мероприятий, проведено 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRPr="00CF7F0E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
-[...14 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00B656D2" w:rsidRDefault="0047723A" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B656D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007F7CAF" w:rsidP="0092029E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0047723A" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Рухани-адамгершілік</w:t>
+              <w:t>Организация детских театральных постановок, направленных на формирование антикоррупционной культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="0047723A" w:rsidRDefault="0047723A" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0047723A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Членами клуба </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007F7CAF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұрпақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> будет показана для учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0047723A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0047723A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еатральная постановка</w:t>
+            </w:r>
+            <w:r w:rsidR="00B656D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Твори добро»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00B656D2" w:rsidRDefault="00B656D2" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B656D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00B656D2" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007F7CAF">
+              <w:t xml:space="preserve">Проведение среди учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>және</w:t>
+              <w:t>конкурса на лучшие рисунки, инсталляции и другие работы, отражающие принципы честности, справедливости, добросовестности и неподкупности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00B656D2" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B656D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учащиеся школы – участники Уроков добропорядочности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, которые проводились в течение 1 полугодия. Проведен конкурс рисунков «Мы за мир без коррупции!» (1-6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007F7CAF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.), конкурс плакатов «</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD0F86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вместе против коррупции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (7-9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">).Конкурс эссе «Мое слово против коррупции»          ( 10, 11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD0F86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0F86" w:rsidRPr="00B656D2" w:rsidRDefault="00AD0F86" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во участников - 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="000D2A21" w:rsidRDefault="000D2A21" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="000D2A21" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азмещать на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>интернет-ресурсах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации образования информацию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>согласно Закон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан «О доступе к информации»  с созданием обязательного раздела «противодействия коррупции»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="000D2A21" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нформации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о деятельности школы  размещаются  на сайте школы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>соцсетях</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>согласно  Закон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан «О доступе к информации».   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="000D2A21" w:rsidRDefault="000D2A21" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="000D2A21" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обеспечить на официальном сайте и на стенде объявлении полный список сотрудников организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>На стенде объявлений  в школ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> размещен список сотрудников, а также на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058336A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайте школы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе «Коллектив</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3162" w:rsidRDefault="001F3162" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00421E2B" w:rsidRDefault="001F3162" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>https://balkhash.goo.kz/content/view/14/2849</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00421E2B" w:rsidRDefault="00421E2B" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Персонально выдавать работникам организации образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>расшифровки о начислении заработной платы (квитанции)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ежемесячно выдаются квитанции об  начислении заработной платы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Создание специальной вкладки «Попечительский Совет» на всех официальных </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F7CAF">
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>азаматтық-патриоттық</w:t>
+              <w:t>интернет-ресурсах</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007F7CAF">
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> организации образования, с систематическим размещением на них информации  о деятельности Попечительского Совета, описание проводимых мероприятий, информация для родителей и детей, представление отчета о всех спонсорских и благотворительных  помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC3EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В школе создан Попечительский совет в составе 9 человек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Информация о деятельности ПС размещается на</w:t>
+            </w:r>
+            <w:r w:rsidR="00421E2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...929 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сайте</w:t>
+            </w:r>
+            <w:r w:rsidR="00421E2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00421E2B" w:rsidRDefault="00421E2B" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3162" w:rsidRDefault="001F3162" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00421E2B" w:rsidRPr="00CC3EA6" w:rsidRDefault="00421E2B" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRPr="00B656D2" w:rsidRDefault="0047723A" w:rsidP="0092029E">
-[...14 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007F7CAF" w:rsidP="0092029E">
-[...3824 lines deleted...]
-            <w:r w:rsidRPr="007E42AB">
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Ата-аналар</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007E42AB">
+              <w:t>Встречи с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007E42AB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> родительской общественностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3162" w:rsidRPr="001F3162" w:rsidRDefault="00F1609F" w:rsidP="001F3162">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Во </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">втором полугодии будет проведено  родительское собрание                                                        « </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3162" w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Защита  законных  интересов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3162" w:rsidRPr="001F3162" w:rsidRDefault="001F3162" w:rsidP="001F3162">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>несовершеннолетних</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>от  угроз,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3162" w:rsidRPr="001F3162" w:rsidRDefault="001F3162" w:rsidP="001F3162">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>связанных с коррупцией»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B17AFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="001F3162" w:rsidP="001F3162">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>қауымдастығымен</w:t>
-[...587 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Обновление информационных стендов, почтового  ящика для писем и обращений физических лиц.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="001F3162" w:rsidRDefault="001F3162" w:rsidP="001F3162">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F3162">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CCD5565" wp14:editId="7C51EA31">
                   <wp:extent cx="1265275" cy="1687107"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                   <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Elite\Desktop\1e37d3b6-991a-40ad-b419-debb1e322c44.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Elite\Desktop\1e37d3b6-991a-40ad-b419-debb1e322c44.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5" cstate="print">
+                          <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1271997" cy="1696070"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                       </w:t>
             </w:r>
-            <w:r w:rsidR="007E42AB" w:rsidRPr="007E42AB">
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рубрика на стенде «Школьная планета»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007E42AB" w:rsidP="0092029E">
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повысить прозрачность проведения процедур государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F1609F" w:rsidRPr="00783DB0" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Все государственны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е закупки освещаются на сайте школы.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17AFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.10 2020 г. проведен Час семьи. Одним из вопросов был отчет директора по бюджету «Открытый бюджет школы».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Проведено заседание ПС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23.12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2020г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , на котором с отчетом об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>использовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> финансовых средс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тв бюджета школы на 2019-2020 г выступила директор школы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00421E2B" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...614 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16182C34" wp14:editId="386493D8">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16182C34" wp14:editId="386493D8">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>135255</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>222885</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1318260" cy="1605280"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Elite\Desktop\ллл.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Elite\Desktop\ллл.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6" cstate="print">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect b="31523"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1318260" cy="1605280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
@@ -7887,3152 +1923,802 @@
                                   </a14:hiddenFill>
                                 </a:ext>
                                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                   <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:miter lim="800000"/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="2FF827F6" id="AutoShape 3" o:spid="_x0000_s1026" alt="blob:https://web.whatsapp.com/43d16f37-8940-4c1e-9637-0236acefe6e6" style="width:24.3pt;height:24.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+wF8w4wIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/p7nUTZto09XSNAhp&#10;gZUWPsBNnMYisYPtNl0Q/87Yabvt7gsC8hB5PPaZMzPHc3N76Fq0Z0pzKTIcTgKMmChlxcU2w1+/&#10;FN4CI22oqGgrBcvwE9P4dvn2zc3QpyySjWwrphCACJ0OfYYbY/rU93XZsI7qieyZAGctVUcNmGrr&#10;V4oOgN61fhQEsT9IVfVKlkxr2M1HJ146/Lpmpflc15oZ1GYYuBn3V+6/sX9/eUPTraJ9w8sjDfoX&#10;LDrKBQQ9Q+XUULRT/BVUx0sltazNpJSdL+ual8zlANmEwYtsHhvaM5cLFEf35zLp/wdbfto/KMSr&#10;DEcYCdpBi+52RrrIaIpRxXQJ5dq0cpPa3mhozsA2k6GBftC+d2mQaRXG9XTuLRISeKQMmZfEYAbR&#10;NKYlq1nMYlvpAa5DwMf+Qdla6f5elt80EnLVULFld7qHfoGKgMlpSyk5NIxWkHJoIfwrDGtoQEOb&#10;4aOsgDsF7q4Ph1p1NgZUGB1cu5/O7WYHg0rYnAaLOARRlOA6rm0Emp4u90qb90x2yC4yrICdA6f7&#10;e23Go6cjNpaQBW9b2KdpK642AHPcgdBw1fosCSeQn0mQrBfrBfFIFK89EuS5d1esiBcX4XyWT/PV&#10;Kg9/2bghSRteVUzYMCexhuTPxHB8NqPMznLVsuWVhbOUtNpuVq1CewqPpXCfKzl4no/51zRcvSCX&#10;FymFEQneRYlXxIu5Rwoy85J5sPCCMHmXxAFJSF5cp3TPBfv3lNCQ4WQWzVyXLki/yC1w3+vcaNpx&#10;A+Oo5V2GF+dDNLUKXIvKtdZQ3o7ri1JY+s+lgHafGu30aiU6qn8jqyeQq5IgJ1AeDE5YNFL9wGiA&#10;IZRh/X1HFcOo/SBA8klIiJ1aziCzeQSGuvRsLj1UlACVYYPRuFyZcdLtesW3DUQKXWGEtE+85k7C&#10;9gmNrI6PCwaNy+Q4FO0ku7TdqefRvfwNAAD//wMAUEsDBBQABgAIAAAAIQCY9mwN2QAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0ipcRsihTEIkIx1Z6n2TEJZmfT7DaJ&#10;/97RHvQyj+EN732TLSfXqoH60Hg2cDNLQBGX3jZcGXjbPl4vQIWIbLH1TAa+KMAyPz/LMLV+5Fca&#10;ilgpCeGQooE6xi7VOpQ1OQwz3xGL9+F7h1HWvtK2x1HCXatvk2SuHTYsDTV2tKqp/CyOzsBYbobd&#10;9uVJb652a8+H9WFVvD8bc3kxPdyDijTFv2P4wRd0yIVp749sg2oNyCPxd4p3t5iD2p9U55n+z55/&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP7AXzDjAgAAAgYAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJj2bA3ZAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAPQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABDBgAAAAA=&#10;" filled="f" stroked="f">
+                    <v:rect id="AutoShape 3" o:spid="_x0000_s1026" alt="Описание: blob:https://web.whatsapp.com/43d16f37-8940-4c1e-9637-0236acefe6e6" style="width:24.3pt;height:24.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+wF8w4wIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/p7nUTZto09XSNAhp&#10;gZUWPsBNnMYisYPtNl0Q/87Yabvt7gsC8hB5PPaZMzPHc3N76Fq0Z0pzKTIcTgKMmChlxcU2w1+/&#10;FN4CI22oqGgrBcvwE9P4dvn2zc3QpyySjWwrphCACJ0OfYYbY/rU93XZsI7qieyZAGctVUcNmGrr&#10;V4oOgN61fhQEsT9IVfVKlkxr2M1HJ146/Lpmpflc15oZ1GYYuBn3V+6/sX9/eUPTraJ9w8sjDfoX&#10;LDrKBQQ9Q+XUULRT/BVUx0sltazNpJSdL+ual8zlANmEwYtsHhvaM5cLFEf35zLp/wdbfto/KMSr&#10;DEcYCdpBi+52RrrIaIpRxXQJ5dq0cpPa3mhozsA2k6GBftC+d2mQaRXG9XTuLRISeKQMmZfEYAbR&#10;NKYlq1nMYlvpAa5DwMf+Qdla6f5elt80EnLVULFld7qHfoGKgMlpSyk5NIxWkHJoIfwrDGtoQEOb&#10;4aOsgDsF7q4Ph1p1NgZUGB1cu5/O7WYHg0rYnAaLOARRlOA6rm0Emp4u90qb90x2yC4yrICdA6f7&#10;e23Go6cjNpaQBW9b2KdpK642AHPcgdBw1fosCSeQn0mQrBfrBfFIFK89EuS5d1esiBcX4XyWT/PV&#10;Kg9/2bghSRteVUzYMCexhuTPxHB8NqPMznLVsuWVhbOUtNpuVq1CewqPpXCfKzl4no/51zRcvSCX&#10;FymFEQneRYlXxIu5Rwoy85J5sPCCMHmXxAFJSF5cp3TPBfv3lNCQ4WQWzVyXLki/yC1w3+vcaNpx&#10;A+Oo5V2GF+dDNLUKXIvKtdZQ3o7ri1JY+s+lgHafGu30aiU6qn8jqyeQq5IgJ1AeDE5YNFL9wGiA&#10;IZRh/X1HFcOo/SBA8klIiJ1aziCzeQSGuvRsLj1UlACVYYPRuFyZcdLtesW3DUQKXWGEtE+85k7C&#10;9gmNrI6PCwaNy+Q4FO0ku7TdqefRvfwNAAD//wMAUEsDBBQABgAIAAAAIQCY9mwN2QAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0ipcRsihTEIkIx1Z6n2TEJZmfT7DaJ&#10;/97RHvQyj+EN732TLSfXqoH60Hg2cDNLQBGX3jZcGXjbPl4vQIWIbLH1TAa+KMAyPz/LMLV+5Fca&#10;ilgpCeGQooE6xi7VOpQ1OQwz3xGL9+F7h1HWvtK2x1HCXatvk2SuHTYsDTV2tKqp/CyOzsBYbobd&#10;9uVJb652a8+H9WFVvD8bc3kxPdyDijTFv2P4wRd0yIVp749sg2oNyCPxd4p3t5iD2p9U55n+z55/&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP7AXzDjAgAAAgYAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJj2bA3ZAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAPQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABDBgAAAAA=&#10;" filled="f" stroked="f">
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5546" w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анкетирования среди </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5546" w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12</w:t>
-[...224 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>родителей на предмет сбора с них денежных средств на различные расходы администрацией школы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="002F045F" w:rsidP="0092029E">
-[...350 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007945D4" w:rsidRPr="00783DB0" w:rsidRDefault="007945D4" w:rsidP="007945D4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Проведено анкетирование среди </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>родителей в он</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лайн формате, приняло участие 62 чел. Родители </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> указали, что знают школьный телефон «Доверия», что нет сборов денег  на взносы, мероприятия, платные услуги. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="002F045F" w:rsidP="0092029E">
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация мероприятий, приуроченных к Международному дню борьбы с коррупцией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F1609F" w:rsidRPr="00F1609F" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Единый классный час,  приуроченный  к Международному  дню борьбы с коррупцией – 9 декабря:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F1609F" w:rsidRPr="00F1609F" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- «Есть такая профессия – защищать закон и порядок »</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w:rsidR="00F1609F" w:rsidRPr="00F1609F" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выгодный друг»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1609F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...105 lines deleted...]
-          <w:p w:rsidR="002F045F" w:rsidRPr="002F045F" w:rsidRDefault="002F045F" w:rsidP="002F045F">
+          </w:p>
+          <w:p w:rsidR="00F1609F" w:rsidRPr="00F1609F" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F045F">
+            <w:r w:rsidRPr="00F1609F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F045F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1609F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>желтоқсан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F045F">
+              <w:t>«Подарки и другие способы благодарности»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00F1609F" w:rsidRDefault="00F1609F" w:rsidP="00F1609F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1609F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F045F">
+              <w:t>- «Я – гражданин»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1609F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Халықаралық</w:t>
-[...547 lines deleted...]
-              <w:t>»</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="002F045F" w:rsidP="0092029E">
-[...440 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00783DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Размещение в зданиях и помещениях, занимаемых государственными органами, мини-плакатов социальной рекламы, направленных на профилактику коррупционных проявлений со стороны граждан и предупреждение коррупционного поведения государственных служащих</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="007945D4" w:rsidP="002F045F">
-            <w:pPr>
+          <w:p w:rsidR="0092029E" w:rsidRPr="00F1609F" w:rsidRDefault="007945D4" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007945D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70168BB1" wp14:editId="2BFA03A2">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70168BB1" wp14:editId="2BFA03A2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>60960</wp:posOffset>
+                    <wp:posOffset>35560</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>994410</wp:posOffset>
+                    <wp:posOffset>803910</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="1296670" cy="1323975"/>
+                  <wp:extent cx="1296670" cy="2235835"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Elite\Desktop\ззз.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Elite\Desktop\ззз.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect t="27828" b="-23754"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1296670" cy="1323975"/>
+                            <a:ext cx="1296670" cy="2235835"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="007945D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>В фойе школы офор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>млен постоянно</w:t>
+            </w:r>
+            <w:r w:rsidR="001F3162">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidR="002F045F" w:rsidRPr="002F045F">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>действующий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007945D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...246 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стенд </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007945D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Коррупция: правовая помощь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и защита</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="0021490C" w:rsidP="0092029E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0021490C">
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7F0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0021490C">
+              <w:t xml:space="preserve">Проведение анализа жалоб, поступивших в </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0021490C">
+              <w:t xml:space="preserve"> школу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF7F0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>қызметтерді</w:t>
-[...181 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>на несвоевременное и некачественное оказание государственных услуг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRDefault="007945D4" w:rsidP="007945D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...205 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> Жалоб   со стороны родителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на несвоевременное и некачественное оказание государственных услуг не было.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092029E" w:rsidTr="00B17AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0092029E" w:rsidRPr="00FD5546" w:rsidRDefault="00FD5546" w:rsidP="0092029E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD5546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="0021490C" w:rsidP="0092029E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0021490C">
+          <w:p w:rsidR="0092029E" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету бойынша ішкі бақылау жүргізу</w:t>
+              <w:t xml:space="preserve">Проведение внутреннего контроля  по оказанию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00906381">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>государственн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ых </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906381">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092029E" w:rsidRDefault="0021490C" w:rsidP="0092029E">
-[...316 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="0092029E" w:rsidRDefault="007945D4" w:rsidP="0092029E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Постоянно ведется  контроль за оказанием государственных услуг по обращению граждан, по приему детей в школу, по оказанию бесплатного питания и т.д.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0092029E" w:rsidRDefault="0092029E" w:rsidP="0092029E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC3EA6" w:rsidRDefault="00CC3EA6" w:rsidP="0092029E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -11074,535 +2760,294 @@
         </w:rPr>
         <w:t>Укпешова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC3EA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> С.Г.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CC3EA6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00783986"/>
     <w:rsid w:val="000D2A21"/>
     <w:rsid w:val="001F3162"/>
-    <w:rsid w:val="0021490C"/>
-    <w:rsid w:val="002F045F"/>
     <w:rsid w:val="00421E2B"/>
     <w:rsid w:val="0047723A"/>
     <w:rsid w:val="004D2384"/>
     <w:rsid w:val="00783986"/>
     <w:rsid w:val="007945D4"/>
     <w:rsid w:val="007E3438"/>
-    <w:rsid w:val="007E42AB"/>
-    <w:rsid w:val="007F7CAF"/>
     <w:rsid w:val="008E61F6"/>
-    <w:rsid w:val="008F10BD"/>
     <w:rsid w:val="0092029E"/>
     <w:rsid w:val="00AD0F86"/>
     <w:rsid w:val="00B17AFD"/>
     <w:rsid w:val="00B656D2"/>
     <w:rsid w:val="00CC3EA6"/>
     <w:rsid w:val="00F1609F"/>
     <w:rsid w:val="00FD5546"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4EE8E953"/>
-  <w15:docId w15:val="{17946F87-D801-43B3-B347-3E3D5AC97AD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008E61F6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -11627,103 +3072,382 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Без интервала Знак"/>
     <w:aliases w:val="мелкий Знак,мой рабочий Знак,Обя Знак,норма Знак,Айгерим Знак,ТекстОтчета Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="008E61F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0092029E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00421E2B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00421E2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E61F6"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="мелкий,мой рабочий,Обя,норма,Айгерим,ТекстОтчета"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E61F6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="мелкий Знак,мой рабочий Знак,Обя Знак,норма Знак,Айгерим Знак,ТекстОтчета Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="008E61F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0092029E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00421E2B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00421E2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11976,81 +3700,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC01155B-89AB-4588-9FC2-B5375D7710EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14160FAA-67CF-402C-BCBF-9ECE998E7359}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4529</Characters>
+  <Pages>3</Pages>
+  <Words>782</Words>
+  <Characters>4458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5313</CharactersWithSpaces>
+  <CharactersWithSpaces>5230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Elite</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>