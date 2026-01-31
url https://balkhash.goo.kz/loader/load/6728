--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -1,9296 +1,16427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
-[...89 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text" w:tblpX="-504"/>
-        <w:tblW w:w="14916" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text"/>
+        <w:tblW w:w="17922" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="32" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="32" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="316"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="3192"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="3099"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3448"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="00CD4379" w:rsidRDefault="004250A0" w:rsidP="004250A0">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет коды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметтің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт пен регламенттің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қызмет көрсетішінің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өтініштерді қабылдап, нәтижені </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беруді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="004250A0">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...328 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>00402. Рождение, опекунство и воспитание ребенка</w:t>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арқылы жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақылы/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақысыздығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметтің көрсетілу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>формасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...110 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қорғаншылық және қамқоршылық жөнінде анықтамалар беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z36</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация,   «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...186 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/206pass_mon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
-[...211 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z29" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.z</w:t>
+                <w:t>қағаз тү</w:t>
               </w:r>
-              <w:r w:rsidRPr="004250A0">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:lastRenderedPageBreak/>
-                <w:t>an.kz/rus/docs/V2000020478#z112</w:t>
+                <w:t>р</w:t>
               </w:r>
-            </w:hyperlink>
-[...171 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Электронная</w:t>
+                <w:t xml:space="preserve">інде  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00F531C0" w:rsidP="004250A0">
-[...6 lines deleted...]
-                <w:szCs w:val="26"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балаға (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балаларға) және ата-анасының қамқорлығын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сыз қалған балағ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балаларға) қамқоршылық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қорғаншылық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>белгілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z63</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация,   «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/181pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
-[...41 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:anchor="z29" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>бумажная</w:t>
+                <w:t>қағаз тү</w:t>
               </w:r>
-            </w:hyperlink>
-[...140 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z66</w:t>
+                <w:t>р</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t xml:space="preserve">інде  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
-        <w:tc>
-[...152 lines deleted...]
-                <w:szCs w:val="26"/>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәмелетке толмаған балалардың мүлкіне </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>иелі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және кәмелетке толмаған</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға мұра </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ресімдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін анықтамалар беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z42</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация,   «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/guardianship/207pass_mvd</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
-[...27 lines deleted...]
-              <w:t>;</w:t>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
         <w:trPr>
-          <w:trHeight w:val="1022"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="316" w:type="dxa"/>
-[...26 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балаға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әсер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>етпейтін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ата-ана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құқықтарынан айырылған ата-аналарға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баламен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кездесуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұқсат беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z207</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  «Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:trHeight w:val="1676"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00402016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Он жасқа толған баланың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ікірін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қорғаншылар мен қамқоршылар органдарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шешімін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC3205" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="00DF4F50" w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z330</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00DF4F50" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="17922" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">00403. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру және бос уақыт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдарына </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жіберу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (7 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) жастағы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V1500010981#z11</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, «Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ,  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...920 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>http://egov.kz/cms/ru/services/child/037pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
-[...41 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарына құжаттарды қабылдау және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020883</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдардың барлық тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдардың барлық тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> берудің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдарламалары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту үшін ведомстволық бағыныстылығына қарамастан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарына құжаттарды қабылдау және </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қуға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00DF4F50" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V1800017553</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары,  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>бумажная</w:t>
+                <w:t>http://egov.kz/cms/ru/services/secondary_school/197pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...126 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:trHeight w:val="3395"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарына денсаулығына </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қ уақыт </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйде </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытуды ұйымдастыру үшін құжаттарды қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020744#z109</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:anchor="z65" w:tgtFrame="_blank" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V2000020883#z15</w:t>
+                <w:t>Электронды</w:t>
               </w:r>
-            </w:hyperlink>
-[...13 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V2000020883#z215</w:t>
+                <w:t>/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...175 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:anchor="z65" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>https://egov.kz/cms/ru/services/pre_school/199pass_mon</w:t>
+                <w:t>Қағаз тү</w:t>
               </w:r>
-            </w:hyperlink>
-[...22 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Бумажная</w:t>
+                <w:t>р</w:t>
               </w:r>
-            </w:hyperlink>
-[...160 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V1800017553</w:t>
+                <w:t xml:space="preserve">інде  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
-        <w:tc>
-[...69 lines deleted...]
-                <w:szCs w:val="26"/>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">образования, </w:t>
-[...50 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t xml:space="preserve">қосымша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қосымша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарына құжаттар қабылдау және оқуға қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>zan.kz/rus/docs/V2000020695#z36</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Бесплатно</w:t>
-[...30 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">арналған қосымша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">арналған қосымша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ақылы/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Электронная</w:t>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-              <w:r w:rsidRPr="004250A0">
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектептердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен тәрбиеленушілердің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жекелеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>санаттарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>не же</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ңілдетілген тамақтандыруды ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z282</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1116 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/secondary_school/203pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="004250A0" w:rsidP="004250A0">
-[...35 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004250A0">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бумажная</w:t>
+              <w:t>қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...29 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>00403009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1645" w:type="dxa"/>
-[...33 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекемелеріндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен тәрбиенушілердің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жекелеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санаттарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қала сыртындағы және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жанындағы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования</w:t>
-[...27 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:t>лагерьлерде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>демалуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін құжаттар қабылдау және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жолдама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z308</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарында экстернат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нысанында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытуға </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұқсат беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020777#z29</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еб порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...507 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/secondary_school/211pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...67 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарыны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>заведениями</w:t>
-[...27 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:t xml:space="preserve">ң </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балалардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ауысуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ауыстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін құжаттарды қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="000A3FE0">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0007464E" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Барлық үлгідегі және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>типтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Барлық үлгідегі және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>типтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00403017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу орындарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ауыстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін құжаттар қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A3FE0" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="000A3FE0" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidR="00E5651E" w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/rus/docs/V1800017553#z208</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00E5651E" w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="17922" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">00404. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баланы бағ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қамқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оршылар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">қорғаншыларға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ата-анасының қамқорлығынсыз қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ған </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) асырап-бағуға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әрдемақы тағайындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/d</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>ocs/V2000020478#z117</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Балқаш қаласыны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ң </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкімет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еб порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V1800017553</w:t>
+                <w:t>http://egov.kz/cms/ru</w:t>
               </w:r>
-            </w:hyperlink>
-[...157 lines deleted...]
-              <w:r w:rsidRPr="004250A0">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...964 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:lastRenderedPageBreak/>
-                <w:t>docs/V1600014067#z62</w:t>
+                <w:t>/services/guardianship/76pass_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...27 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">ГУ «Отдел </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баланы (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) патронаттық тәрбиелеуге </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>образования города Балхаш</w:t>
-[...30 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z144</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>;</w:t>
-[...16 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004250A0">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«электронного правительства</w:t>
-[...30 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Бесплатно</w:t>
-[...27 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Электронная</w:t>
+                <w:t>https://egov.kz/cms/ru/services/child/pass</w:t>
+              </w:r>
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>77_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidRDefault="00F531C0" w:rsidP="004250A0">
-[...11 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асырап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білдірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адамдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V1600014067#z32</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/child/pass79_mon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) ата-анасының қамқорлығынсыз қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ған </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асырап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>33</w:t>
-[...95 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біржолғы ақшалай төлемді тағайындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z203</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="007A3588" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="00850AD8" w:rsidRPr="00E5651E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...177 lines deleted...]
-                  <w:szCs w:val="26"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://egov.kz/cms/ru/services/child/pass82_mon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
-[...27 lines deleted...]
-              <w:t>;</w:t>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...29 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:trHeight w:val="1676"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00404010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баланы (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) қабылдаушы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отбасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбиелеуге беру және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> асырауға </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қшалай қаражат төлеуді тағайындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
+                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...2 lines deleted...]
-                  <w:u w:val="single"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V2000020478#z373</w:t>
+                <w:t>http://adilet.zan.kz/kaz/docs/V2000020478#z171</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...150 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імет» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>веб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Электронная/ Бумажная</w:t>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...2 lines deleted...]
-            <w:tcW w:w="14916" w:type="dxa"/>
+      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="17922" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="D0D0D0"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00CD4379">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">008. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>00803. Прочие государственные услуги в сфере образования и науки</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ғылым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004250A0" w:rsidRPr="004250A0" w:rsidTr="00CD4379">
-[...29 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidTr="00972A87">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="17922" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">00803. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ғылым саласындағы өзге де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
-[...99 lines deleted...]
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжаттардың телнұсқаларын беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
+                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...2 lines deleted...]
-                  <w:u w:val="single"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>http://adilet.zan.kz/rus/docs/V1500010348#z5</w:t>
+                <w:t>http://adilet.zan.kz/kaz/docs/V1500010348#z162</w:t>
               </w:r>
-              <w:r w:rsidR="004250A0" w:rsidRPr="004250A0">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру мекемелерінің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орналасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысу үшін құжаттарды қабылдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
                 <w:rPr>
+                  <w:rStyle w:val="a9"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0076A3"/>
-[...2 lines deleted...]
-                  <w:u w:val="single"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.zan.kz/kaz/docs/V1200007495#z172</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191D" w:rsidRPr="00E5651E" w:rsidTr="00E5651E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00803019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">тәрбие мен оқыту, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, техникалық және кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ік, орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру бағдарламаларын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">тұлғаларға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санаттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>растау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) үшін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өткізуге құжаттар қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E84B15" w:rsidRPr="00E5651E" w:rsidRDefault="00E84B15" w:rsidP="00E84B15">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00E5651E" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>http://adilet.</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E5651E">
+                <w:rPr>
+                  <w:rStyle w:val="a9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="40"/>
+                  <w:szCs w:val="40"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:lastRenderedPageBreak/>
-                <w:t>14</w:t>
+                <w:t>zan.kz/rus/docs/V1600013317#z8</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...28 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Организации основного среднего и </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>«Балқаш қаласыны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>общего среднего образования</w:t>
-[...30 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t xml:space="preserve">ң </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ,  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбие мен оқыту, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, техникалық және кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ік, орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Государственная корпорация, </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">организации основного среднего и общего среднего образования, </w:t>
-[...50 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Бесплатно</w:t>
-[...104 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлімі» ММ,  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбие мен оқыту, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта, техникалық және кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ік, орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>54</w:t>
-[...618 lines deleted...]
-              <w:t>бумажная</w:t>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5651E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007E41A2" w:rsidRPr="004250A0" w:rsidRDefault="007E41A2" w:rsidP="004250A0">
+    <w:p w:rsidR="00850AD8" w:rsidRPr="00E5651E" w:rsidRDefault="00850AD8" w:rsidP="00850AD8">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5651E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB4253" w:rsidRPr="00E5651E" w:rsidRDefault="00AB4253">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007E41A2" w:rsidRPr="004250A0" w:rsidSect="004250A0">
-[...1 lines deleted...]
-      <w:pgMar w:top="1701" w:right="536" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w:rsidR="00972A87" w:rsidRPr="00E5651E" w:rsidRDefault="00972A87">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00972A87" w:rsidRPr="00E5651E" w:rsidSect="00972A87">
+      <w:pgSz w:w="20160" w:h="12240" w:orient="landscape" w:code="5"/>
+      <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C235AB" w:rsidRDefault="00C235AB" w:rsidP="004250A0">
+    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C235AB" w:rsidRDefault="00C235AB" w:rsidP="004250A0">
+    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C235AB" w:rsidRDefault="00C235AB" w:rsidP="004250A0">
+    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C235AB" w:rsidRDefault="00C235AB" w:rsidP="004250A0">
+    <w:p w:rsidR="007A1B6D" w:rsidRDefault="007A1B6D" w:rsidP="00850AD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="93"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004250A0"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F531C0"/>
+    <w:rsidRoot w:val="00850AD8"/>
+    <w:rsid w:val="0007464E"/>
+    <w:rsid w:val="000A3FE0"/>
+    <w:rsid w:val="00105911"/>
+    <w:rsid w:val="001D3D71"/>
+    <w:rsid w:val="00236F5D"/>
+    <w:rsid w:val="00590AEB"/>
+    <w:rsid w:val="0061261D"/>
+    <w:rsid w:val="006D5409"/>
+    <w:rsid w:val="007A1B6D"/>
+    <w:rsid w:val="007A3588"/>
+    <w:rsid w:val="00850AD8"/>
+    <w:rsid w:val="00941997"/>
+    <w:rsid w:val="009512FF"/>
+    <w:rsid w:val="00972A87"/>
+    <w:rsid w:val="009D31F6"/>
+    <w:rsid w:val="009E1EA7"/>
+    <w:rsid w:val="009F2B49"/>
+    <w:rsid w:val="00A672D6"/>
+    <w:rsid w:val="00A90A43"/>
+    <w:rsid w:val="00AB4253"/>
+    <w:rsid w:val="00AC3205"/>
+    <w:rsid w:val="00B54084"/>
+    <w:rsid w:val="00CC5F2B"/>
+    <w:rsid w:val="00D5191D"/>
+    <w:rsid w:val="00DB4B8F"/>
+    <w:rsid w:val="00DF4F50"/>
+    <w:rsid w:val="00E5651E"/>
+    <w:rsid w:val="00E84B15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9415,355 +16546,247 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007E41A2"/>
-[...20 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00AB4253"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Заголовок 1 Знак"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00850AD8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="1"/>
-[...10 lines deleted...]
-    </w:rPr>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00850AD8"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00850AD8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00850AD8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004250A0"/>
+    <w:rsid w:val="00850AD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004250A0"/>
+    <w:rsid w:val="00850AD8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004250A0"/>
+    <w:rsid w:val="00850AD8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004250A0"/>
-[...38 lines deleted...]
-    <w:rsid w:val="004250A0"/>
+    <w:rsid w:val="00DF4F50"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="334698582">
+    <w:div w:id="481771544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1540318479">
+        <w:div w:id="46607604">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-          <w:divsChild>
-[...40 lines deleted...]
-          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1393886516">
+    <w:div w:id="1363676404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1507749754">
+        <w:div w:id="1638754667">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-          <w:divsChild>
-[...40 lines deleted...]
-          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/child/037pass_mon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/203pass_mon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/ContentPublic?contentPath=/egovcontent/citizenrypublicservices/ministry_education_science/passport/76pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600014067" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/online-services/for_citizen/pass-mon212-214" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/guardianship/passport/206pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/pre_school/199pass_mon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/education/edu_secondary/passport/203pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/211pass_mon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass77_mon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/child_/passport/037pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/181pass_mon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013110" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/mon-197-205" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/ContentPublic?contentPath=/egovcontent/citizenrypublicservices/ministry_education_science/passport/pass77_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/mon-197-205" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass79_mon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/online-services/for_citizen/konkurs_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=/egovcontent/_family/guardianship/passport/181pass_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass82_mon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/207pass_mvd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/guardianship/76pass_mon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=%2Fegovcontent%2Fcitizens%2F_family%2Fguardianship%2Fpassport%2Fpass79_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/206pass_mon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/portal/Content?contentPath=%2Fegovcontent%2Fcitizens%2F_family%2Fguardianship%2Fpassport%2Fpass79_mon&amp;lang=ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/206pass_mon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z42" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/child/037pass_mon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass82_mon" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/secondary_school/197pass_mon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z144" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007495#z172" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z36" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981#z11" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020695#z36" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/cms/ru/services/guardianship/76pass_mon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z203" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z330" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020777#z29" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010348#z162" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/181pass_mon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z117" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass79_mon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z171" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z207" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z308" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600014067#z32" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020478#z63" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800017553#z208" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/guardianship/207pass_mvd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744#z109" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/203pass_mon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/secondary_school/211pass_mon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/child/pass77_mon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317#z8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10005,59 +17028,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{008F90C2-062C-4A6E-B578-93CC13253CBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>11895</Characters>
+  <Pages>16</Pages>
+  <Words>1683</Words>
+  <Characters>9598</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13954</CharactersWithSpaces>
+  <CharactersWithSpaces>11259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gorono-zavhoz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>