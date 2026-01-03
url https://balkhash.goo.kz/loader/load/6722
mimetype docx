--- v0 (2025-12-09)
+++ v1 (2026-01-03)
@@ -1,1567 +1,348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C22615" w:rsidRDefault="0009301B" w:rsidP="0009301B">
+    <w:p w:rsidR="00AB04DC" w:rsidRDefault="00EB6717" w:rsidP="00CD34B7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>концепции областного прое</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кта «Час Семьи» 29 января 2021г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на странице </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0009301B">
-[...4 lines deleted...]
-        <w:t>Облыстық</w:t>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0009301B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> "</w:t>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГУ «Отдел образования </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0009301B">
-[...4 lines deleted...]
-        <w:t>Отбасы</w:t>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0009301B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» прошел прямой эфир на тему: «Детско – родительские отношения». В эфире приняли участия педагоги </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- психологи и педагог - дефектолог «Общеобразовательная школа</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1» </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0009301B">
-[...4 lines deleted...]
-        <w:t>сағаты</w:t>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0009301B">
-[...1212 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Они рассказали о том, как родители программируют на неудачу своих детей; как применять ресурсы интернета для работы с речью ребенка; что сделать, чтобы ребенок захотел учиться. В завершение</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34B7" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беседы родителям была отправле</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04DC" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на памятка </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34B7" w:rsidRPr="00CD34B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дистанционное обучение в начальной школе», в которую были внесены ссылки образовательных сайтов и ссылки для коррекции речи и развития словарного запаса.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0009301B" w:rsidRPr="00CD34B7" w:rsidRDefault="0009301B" w:rsidP="0009301B">
+    <w:p w:rsidR="00CD34B7" w:rsidRPr="00CD34B7" w:rsidRDefault="00CD6E21" w:rsidP="00CD34B7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...51 lines deleted...]
-        </w:drawing>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:141pt;height:280.5pt">
+            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2021-02-12 at 11.34" croptop="3703f" cropbottom="3254f"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...51 lines deleted...]
-        </w:drawing>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:169.5pt;height:333pt">
+            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2021-02-12 at 11.34" croptop="3909f" cropbottom="3778f"/>
+          </v:shape>
+        </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...51 lines deleted...]
-        </w:drawing>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:141pt;height:280.5pt">
+            <v:imagedata r:id="rId7" o:title="WhatsApp Image 2021-02-12 at 11.34" croptop="3713f" cropbottom="3228f"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009301B" w:rsidRPr="0009301B" w:rsidRDefault="0009301B" w:rsidP="0009301B">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="0009301B" w:rsidRPr="0009301B">
+    <w:sectPr w:rsidR="00CD34B7" w:rsidRPr="00CD34B7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0009301B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C22615"/>
+    <w:rsidRoot w:val="00EB6717"/>
+    <w:rsid w:val="005219EB"/>
+    <w:rsid w:val="00AB04DC"/>
+    <w:rsid w:val="00CD34B7"/>
+    <w:rsid w:val="00CD6E21"/>
+    <w:rsid w:val="00EB6717"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1732,80 +513,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1951,80 +702,50 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...28 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -2286,65 +1007,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>109</Words>
-  <Characters>626</Characters>
+  <Words>102</Words>
+  <Characters>582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>734</CharactersWithSpaces>
+  <CharactersWithSpaces>683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>