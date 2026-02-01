--- v0 (2026-01-02)
+++ v1 (2026-02-01)
@@ -1,2296 +1,2020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00947838" w:rsidRPr="0009206C" w:rsidRDefault="00947838" w:rsidP="00947838">
+    <w:p w:rsidR="00C020F7" w:rsidRPr="00CD05F1" w:rsidRDefault="00C020F7" w:rsidP="00C020F7">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009206C">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ақпараттық анықтама</w:t>
+        <w:t>Информационная справка</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3856"/>
-        <w:gridCol w:w="6175"/>
+        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00947838" w:rsidRPr="007A30D4" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наиме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное казенное предприятие «Детское дошкольное учреждение «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балауса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» государственного учреждения «Отдел образования города Балхаш»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>«Балқаш қаласының білім бөлімі» мемлекеттік мекемесінің «Балауса» мектеп жасына дейінгі балаларға арналған мекеме» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100300, Карагандинская область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>город Балхаш,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>улица Ленина 14А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">елефон:8(71036) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7-99-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...63 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>детской дошкольной учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="000A28B8" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Садыкова Бактыгуль Багдатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...170 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электронный адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00DF5947" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="00657F9B">
+              <w:r w:rsidR="00C020F7" w:rsidRPr="00657F9B">
                 <w:rPr>
-                  <w:rStyle w:val="a4"/>
+                  <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>vip</w:t>
               </w:r>
-              <w:r w:rsidRPr="00657F9B">
+              <w:r w:rsidR="00C020F7" w:rsidRPr="00657F9B">
                 <w:rPr>
-                  <w:rStyle w:val="a4"/>
+                  <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
-              <w:r w:rsidRPr="00657F9B">
+              <w:r w:rsidR="00C020F7" w:rsidRPr="00657F9B">
                 <w:rPr>
-                  <w:rStyle w:val="a4"/>
+                  <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>balaysa</w:t>
               </w:r>
-              <w:r w:rsidRPr="00657F9B">
+              <w:r w:rsidR="00C020F7" w:rsidRPr="00657F9B">
                 <w:rPr>
-                  <w:rStyle w:val="a4"/>
+                  <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="00657F9B">
+              <w:r w:rsidR="00C020F7" w:rsidRPr="00657F9B">
                 <w:rPr>
-                  <w:rStyle w:val="a4"/>
+                  <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>mail.ru</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Год </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постройки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="003B1B64" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>1972ж.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B1B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1972 г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Год капитального ремонта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="003B1B64" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>1988ж.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1988 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Число этажей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="003B1B64" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>2 қабатты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A3A45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ирпичное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> этажное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRDefault="00947838" w:rsidP="00670765">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рабочие телефоны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8 (71036) 4</w:t>
-            </w:r>
+              <w:t>8(71036) 4-25-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8(71036) 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-27-96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Факс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="007E3D7F" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3D7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8(71036) 4-25-83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проектная мощность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00243F35" w:rsidRDefault="00280CA4" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00C020F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0 детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00A36937" w:rsidRDefault="00C020F7" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C12A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>групп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00280CA4" w:rsidRPr="00280CA4" w:rsidRDefault="00280CA4" w:rsidP="00280CA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>всего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 групп, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>из них:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280CA4" w:rsidRPr="002A3A45" w:rsidRDefault="00280CA4" w:rsidP="00280CA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00282491">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 группы государственным языком</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002A3A45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C020F7" w:rsidRPr="00FC5CD6" w:rsidRDefault="00280CA4" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00282491">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 группы русским языком</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A3A45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-            <w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidRDefault="000C488B" w:rsidP="00670765">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-              <w:t>96</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Количество педагогов детского сада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00FC5CD6" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC5CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...129 lines deleted...]
-              <w:t>83</w:t>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...48 lines deleted...]
-              <w:t>150 бала</w:t>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Со средне-специальным образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidRPr="00947838" w:rsidTr="004E103F">
-[...234 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшая категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...221 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="000C1A12" w:rsidRDefault="00947838" w:rsidP="00947838">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2278"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">І </w:t>
-[...8 lines deleted...]
-              <w:t>санаттағы</w:t>
+              <w:t>І категория</w:t>
             </w:r>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6175" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...4 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="000C1A12" w:rsidRDefault="00947838" w:rsidP="00947838">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2278"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ІІ</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> санаттағы</w:t>
+              <w:t>ІІ категория</w:t>
             </w:r>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6175" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...4 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="000C1A12" w:rsidRDefault="00947838" w:rsidP="00670765">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2278"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Без категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...28 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пищеблок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...28 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прачечная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidTr="004E103F">
-[...4 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="000C1A12" w:rsidRDefault="00947838" w:rsidP="00947838">
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Спорт</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Спортзал </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>спортзал совмещен с музыкальным залом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t>Спорт бөлмесі музыкалық бөлмемен біріккен</w:t>
+              <w:t>Медицинский кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00280CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidRPr="007A30D4" w:rsidTr="004E103F">
-[...21 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000C1A12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кабинет</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00947838" w:rsidRPr="00280CA4" w:rsidRDefault="00947838" w:rsidP="00670765">
+              <w:t>Изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidRPr="006C0ED1" w:rsidTr="004E103F">
-[...37 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="000C488B" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="000C1A12" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1A12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дополнительное оснащение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C488B" w:rsidRPr="00280CA4" w:rsidRDefault="000C488B" w:rsidP="00DA2597">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мини корт, </w:t>
+            </w:r>
             <w:r w:rsidRPr="00280CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>кабинет робототехники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidRPr="00947838" w:rsidTr="004E103F">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+      <w:tr w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Режим работы детского сада </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC5CD6" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10,5 часов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с 7.30 до 18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00947838" w:rsidRPr="00947838" w:rsidTr="004E103F">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidTr="00DA2597">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...149 lines deleted...]
-              <w:t>сағат  8.00 - ден 17.00 дейін</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График приема родителей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC5CD6" w:rsidRPr="00A36937" w:rsidRDefault="00FC5CD6" w:rsidP="00670765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с 8.00 – 17.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E47D8C" w:rsidRDefault="00E47D8C"/>
-    <w:sectPr w:rsidR="00E47D8C">
+    <w:p w:rsidR="00C020F7" w:rsidRPr="007636FB" w:rsidRDefault="00C020F7" w:rsidP="00C020F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C020F7" w:rsidRPr="007636FB" w:rsidRDefault="00C020F7" w:rsidP="00C020F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176FE9" w:rsidRPr="00D7498B" w:rsidRDefault="00176FE9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00176FE9" w:rsidRPr="00D7498B" w:rsidSect="00C020F7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00947838"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E47D8C"/>
+    <w:rsidRoot w:val="00C020F7"/>
+    <w:rsid w:val="000C1A12"/>
+    <w:rsid w:val="000C488B"/>
+    <w:rsid w:val="00176FE9"/>
+    <w:rsid w:val="00280CA4"/>
+    <w:rsid w:val="00C020F7"/>
+    <w:rsid w:val="00D7498B"/>
+    <w:rsid w:val="00DF5947"/>
+    <w:rsid w:val="00FC5CD6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2300,51 +2024,51 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2416,117 +2140,145 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00DF5947"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-    <w:name w:val="Table Grid"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C020F7"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00947838"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C020F7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...7 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00C020F7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vip.balaysa@mail.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2785,69 +2537,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1095</Characters>
+  <Words>184</Words>
+  <Characters>1052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1284</CharactersWithSpaces>
+  <CharactersWithSpaces>1234</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>