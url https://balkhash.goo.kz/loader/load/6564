--- v0 (2025-12-06)
+++ v1 (2025-12-16)
@@ -1,8213 +1,21267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007E066A" w:rsidRDefault="007E066A" w:rsidP="007E066A">
-[...21 lines deleted...]
-    <w:p w:rsidR="007E066A" w:rsidRDefault="007E066A" w:rsidP="007E066A">
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5954" w:hanging="284"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="007E066A" w:rsidRDefault="007E066A" w:rsidP="007E066A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Қарағанды облысының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5954" w:hanging="284"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="007E066A" w:rsidRDefault="007E066A" w:rsidP="007E066A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>экономика басқармасы» ММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5954" w:hanging="284"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5954"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2021 жылғы «____» ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5954"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007E066A" w:rsidRPr="00772100" w:rsidRDefault="007E066A" w:rsidP="007E066A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№____ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="007E066A" w:rsidRPr="00772100" w:rsidRDefault="007E066A" w:rsidP="007E066A">
+        <w:ind w:left="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772100">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>БЕКІТІЛГЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-[...69 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:ind w:left="5529"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002828EB">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00772100" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш қаласы білім бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлихан Бөкейханов атындағы №15 мектеп-лицейі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуналдық мемлекеттік мекемесінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖАРҒЫСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="00A6434D" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="004D46F1" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRPr="004D46F1" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-397" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-397" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00074536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074536" w:rsidRDefault="00074536" w:rsidP="00074536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002828EB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00B55E9E" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1367 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009543EF" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының Балқаш қаласы білім бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлихан Бөкейханов атындағы №15 мектеп-лицейі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуналдық мемлекеттік мекемесі  (бұдан әрі – мемлекеттік мекеме) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы жарғыда көрсетілген тиісті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функцияларды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүзеге асыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін мекеменің ұйымдық-құқықтық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысанында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылған, заңды тұлға мәртебесіне ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009543EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммерциялық емес ұйым болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрі: коммуналдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00A6434D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеме облыстың жергілікті атқарушы органының шешімімен құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік меке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>менің құрылтайшысы: Қарағанды облысының әкімдігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің басқару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды жүзеге асыратын орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім басқармасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толық атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>млекеттік (қазақ) тілінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының Балқаш қаласы білім бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Әлихан Бөкейханов атындағы №15 мектеп-лицейі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00BB5822" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оммунальное государственное учреждение «Школа-лицей № 15 имени Алихана Букейханова» отдела образования города Балхаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5822">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00A6434D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің орналасқан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жері: 100300, Қарағанды облысы, Балқаш  қаласы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шашубай Қошқарбаев шағын ауданы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй № 11А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00C9588E" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z19"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 тарау. Мемлекеттік мекеменің заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9588E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәртебесі</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z20"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00C9588E" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің Қазақстан Рес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>публикасының заңнамасына сәйкес дербес балансы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, банкте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рде шоттары, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген және мемлек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еттік мекеменің атауы бар бланкілері, мөрлері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік  мекеме басқа заңды тұлғаны құра алмайды, сондай-ақ оның құрылтайшысы (қатысушысы) бола алмайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме өзiнiң мiндетте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мелерi бойынша өзiнің билігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дегі ақшамен жауап бередi. Мемлекеттік мекемеде ақша жеткіліксіз болған кезде оның міндеттемелері бойынша Қазақстан Республикасы немесе әкімшілік-аумақтық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бөлініс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бюджет қаражатымен субсидиарлық жауапты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лықта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекемелердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азамат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тық-құқықтық мәмілелері, олар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрлігінің аумақтық қазынашылық бөлімшелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде міндетті тіркелгеннен кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күшіне енеді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z23"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мекеменің қаржы-шаруашылық қызметін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы тарауда және өзге де құқықтық  актілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де көрсетілген барлық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туындайтын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функциялар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы бар мемлекеттік мекеменің басқару органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009B45B8" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z25"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекеме қызметінің мәні мен мақсаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме қызметінің мәні: жеке адамның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, қоғамның, мемлекеттің мүдделері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не сай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқыту және тәрбиелеу; баланы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ң жеке басының жан-жақты дамуы үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолайлы жағдай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасау; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білімалушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бетінше білім алуға ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әне қосымша білім алу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажеттілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>гі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н қанағаттандыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеме қызметінің мақсаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онституциясымен кепілдік берілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азаматтардың белгіленген жалпыға міндетті білім беру стандарттарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тегін орта білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>м алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқығын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ім беру бағдарламаларын сапалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>геруді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>терең және кеңейтілген білім беру бағдарламаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саналы түрде таңдауға және игеруге дайын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, қоғамдағы өмірге бейімделген,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәдениет деңгейі жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ллектуалды тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00D53935" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53935">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кәсіптік оқытуғабағытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лғанпәндер бойынша оқушыларды даярлау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеме өз мақсаттарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қол жеткізу ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай қызмет тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ін жүзеге асырады: бастауыш, негізгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жалпы орта, қосымша білім беру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мекеме мектепке дейінгі тәрбие мен оқыту (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағын орталықтар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>алды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптар) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саласында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім беру қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Қызметтің барлық түрлері Қазақстан Республикасының 2014 жылғы 16 мамырдағы № 202 «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұқсаттар және хабарламалар туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>» Заңында көзделген рәсімдер оры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ндалғаннан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кейін көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме қызметінің негі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>згі міндеттері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұлттық және жалпыадамзаттық құ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ндылықтар, ғылым мен практика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іктері негізінде жеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруға, дамытуға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және кәсіптік шыңдауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бағытталған сапалы білім алу үшін қажетті жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармашылық, рухани және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ш-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қуат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндіктерін дамыту, адамгершілік пен салауатты өмір салтының берік негіздерін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қалыптастыру, даралықты дамыту үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдай жасау арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой-өрісін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>байыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азаматтық пен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриотизмге, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өз Отаны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  Қазақстан Республикасына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйіспеншілікке, мемлекеттік рәміздерді құ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рметтеуге, халықтық дәстүрлерін қастерлеуге, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>конституцияға қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>йшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қоғамға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жат кез келген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көріністерге төзбеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>белсенді азаматтық ұстанымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар жеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу, республиканың қоғамдық-саяси, экономикалық және мәдени өміріне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қатысу қажеттіліг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, жеке адамның өз қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ұқықтары мен міндеттеріне саналы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзқарасын қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отандық және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әлемдік мәдениеттің жетістіктерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е баулу; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">халқы мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">республиканың басқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>халы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қтарының тарихын, әдет-ғұрыпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дәстүрлерін зерделеу; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орыс, шетел (ағылшын, неміс) және басқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6C64">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тілдерді меңгеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00A6434D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог қызметкерлердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әлеуметтік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәртебесін арттыруды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғам мен экономика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажеттіліктеріне жауап беретін білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сапасын бағалаудың ұлттық жүйесінің жұмыс істеуі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқытудың жаңа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларын, оның ішінде кредиттік, қашықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7398">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тан, ақпараттық-коммуникациялық технологияларды енгізу және тиімді пайдалану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту, жұмыс орны бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еңбек нарығының қажеттіліктері арасындағы өзара байланысты  қамтамасыз ететін және әркімге білім мен құзыреттілікке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамда өзінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке әлеуетін барынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пайдалануға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көмектесетін өмір бойы оқыту жүйесін дамыту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімалушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіби </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәждемесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз ету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00117ECF" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше білім берілуіне қажеттілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117ECF">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар адамдардың білім алуы үшін арнайы жағдайлар жасау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00A6434D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының заңнамасына және осы жарғыға сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>келесі ақылы білім беру қызметін көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6434D">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D6ECC" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="75"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6ECC">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қосымша білім беру бағдарламалары бойынша оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арнайы курстар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ы мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> циклдер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымша оқыту бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білімалушылармен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртіппен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу жоспарына сәйкес сағат санынан артық пәндер бойынша қосымша сабақтар өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00AE6B59" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6B59">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылармен пәндерді қосымша тереңдетіп оқыту </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6B59">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мемлекеттік жалпыға міндетті стандарттардың тиісті білім беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламалары шеңберінен тыс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00AE6B59" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6B59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру қызметтерінің кепілд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6B59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көлеміне кірмейтін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6B59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру қызметтері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>егізгі қызметтің орнына ақылы қызметтерді көрсет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>млекеттік мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақылы қызметтерінің баға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасында белгіленге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н тәртіппен бекітілуге ​​жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дамыта оқытудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа мазмұнын, оны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>енгізу нысандары мен әдістерін іздеу, әзірлеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эксперимент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспарларын, бағдарламаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және факультативтік курстарды тексеру.Оқу процесін ұйымдастыру, басқару осы жарғыға сәйкес жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу-тәрбие қызметі мемлекеттік жалпыға міндетті білім беру стандарттары негізінде әзірленген және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпыға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндетті негізгі және қосымша бағдарламаларды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>игеруді іске</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыратын оқу жоспарлары мен бағдарламаларына сәйкес жүзеге асырылады. Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>млекеттік ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеменің бағдарламалары мемлекеттік жалпы білім беретін мектептердің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үлгілік бағдарламаларына негізделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CF209A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072650C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының «Білім туралы» Заңында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">белгіленген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шекте оқытудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нысандарын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құралдары мен әдістерін таңдауда дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесін жүзеге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">асыру үшін жылдық жұмыс оқу жоспарын және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу сабақтарының кестесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қу пәндерін тереңдетіп оқыту үшін факультативтерге және әр сыныпқа 4 сағат есебінен оқушылардың таңдауы бойынша қосымша курстарды ұйымд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>астыруға қаражат бөлінуі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқыту тілі мемлекеттік (қазақ) тілі болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0027216A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу жоспарының вариативті бөлігі және лицей компоненті қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...34 lines deleted...]
-      <w:pPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеке таңдау, жеке даму бағдарламасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытудың инновациялық технологияларын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>пайдаланумен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаттары мен міндеттеріне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жауап беретін қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>осымша білім беру бағдарламаларын іске асыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін пәндерді дамытатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа оқу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бағдарламаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тұлғаның жалпы мәдени дамуына ықпал ететін, дүниетаным мен гуманистік сананы қалыптастыратын, шындықты танудың әмбебап тәсілдерін игеруге, оқушылардың ақыл-ой белсенділігін дамытуға бағытталған пәндер мен курстарды енгізумен қамтамасыз етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="006E7BBA" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="632"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемеге факультативтерге және оқушылардың  таңдауы бойынша қосымша курстарды ұйымдастыруға әр сынып үшін 4 сағат есебінен, сондай-ақ үйірмелер, студиялар, ғылыми қоғамдар және басқаларды ұйымдастыруға, сондай-ақ жеке курстарға ақы төлеуге әр сынып үшін 0,25 мұғалімнің жүктемесі  бойынша қаражат бөлінуі мүмкін. Жоғары білікті мамандармен келісімшарт негізінде бір мектепке жылына 1500 сағаттан дәрістер оқылады. Сыныптан тыс жұмыстар және элективті курстар топтар бойынша кемінде 10 адаммен өткізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әкімшілік (директор және оның орынбасарлары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әдістемелік кеңес, педагогикалық кеңес, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>едаг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>огикалық әдеп жөніндегі кеңес, қамқоршылар кеңес, жалпымектептік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>комитеті, сыныптық ата-аналар комитеттері, пәндік әдістемелік бірлестіктер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, топ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>енің негізгі құрылымдық бірлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-709" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ілім деңгейі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тауыш білім беру (1-4 сыныптар)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі стратегиялық бағыт -  кіші жастағы оқушының жеке қабілеттерін ашуға, оқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ытудың жағымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мотивациясы негізінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметтің негізгі салаларында бастапқы бағдарлауды және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармашылық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тың бастапқы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дағдылары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруға,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психофизикалық, инте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ллектуалды және музыкалық дамуына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдай </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жасауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндік беретін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дамытушылық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқыту. Оқу бағдарламасын меңгеру мерзімі - 4 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>негізгі орта білім беру (5-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 сыныптар) білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мазмұнын жаңартуға бағытталған негізгі әмбебап білім беруді қамтамасыз етеді, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неғұрлым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күрделі танымдық процестерге көшу үшін арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дағдыларды қалыптастырады; жалпы дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> курстары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н және арнайы курстарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>уды қамтамасыз етеді, оқушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке оқыту ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үйесін құруға мүмкіндік жасайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Азаматтық пен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>патриотизмге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өз Отаны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Қазақстан Республикасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйіспеншілікке, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мемлекеттік рәміздерді құрметтеуге, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>халықтық дәстүрлерді қастерлеуге, К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онституцияға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қайшы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және қоғамға қарсы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кез келген көріністерге төзбеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу. Оқушыларға кәсіптік бағд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ар беру. Негізгі орта білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>орта білім алу үшін негіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады. Әр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәннің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мазмұнын зерделеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі орта білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>деңгейінде аяқталады. Негізгі орта білім берудің жалпы білім беретін оқу бағдарламасын меңгеру мерзімі - 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы орта білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>беру (10-11сыныптар) оқушының білімге деген қызығушылығы мен шығармашылық қабілеттерін дамытуды, оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ды саралау негізі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нде өз бетінше оқу іс-әрекеті дағдыларын қалыптастыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Міндетті пәндерге қосымша және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тұлғаның қызығушылықтарын,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабілеттері мен мүмкіндіктерін іске асыру мақсатында білімалушылардың өздері таңдаған пәндер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> яғни гуманитарлық немесе жаратылыстану-математикалық бағыттар бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бейіндік оқыту енгізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалпы орта білім бастауыш кәсіптік, орта кәсіптік (қысқартылған, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жеделдетілген бағдарламалар бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>) және жоғары кәсіптік білім алудың негізі болып табылады. Жалпы орта білім берудің жалпы білім беретін оқу бағдарламасын меңгеру мерзімі - 2 жыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Көркем еңбек» пәнін оқыту, со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ндай-ақ вариативтік компонент сағаттары мектеп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралық оқу-өндірістік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комбинат базасында (ол болған жағдайда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүзеге асырылуы мүмкін. Қосымша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беруді дамыту шеңберінде  Қарағанды  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облысының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ның «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш қаласының білім бөлімі» мемлекеттік мекемесі басшысының бұйрығына сәйкес мектептің жұмыс оқу жоспарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>вариативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлігінің сағаттары қосымша бі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лім беру ұйымдарына берілуі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00B859F7" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...34 lines deleted...]
-      <w:pPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сағаттар мен сыныптарды беру, сондай-ақ үйірмелерді оқытуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланысты барлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелерді реттеу Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«Балқаш қаласының білім бөлімі» мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екеме оқу жоспарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вариативті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>компонентін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тарын мемлекеттік мекеме ғимаратынан тыс (мәд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ениет мекемелері, спор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>т ғимараттары, әскери нысандар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зертханалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ы, өнеркәсіптік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіпорындар, қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдары және т.б.) өткізуге құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...36 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>иісті контингентті көр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сететін сыныптар жиынтығы Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ның «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш қаласының білім бөлімі» мемлекеттік мекемесінің басшысымен келісіледі. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Сыныптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жиынтығын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қалыптастыруға мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ты болады.  Сыныптардағы оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>осы білім беру ұйымына тікелей бөлінетін бюджет қаражат ескеріле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырып, санитарлық нормалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақталған жағдайда қолданыстағы «Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидаларына сәйкес белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сыныптар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тізімі ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">млекеттік білім беру стандартына айқындалған пәндерді оқу кезінде кемінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқушы санымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 кіші топқа бөлінуі мүмкін. Егер оқу жылы ішінде оқушылар саны 24 оқушыдан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кем болса, онда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2 кіші топқа бөлу осы оқу жыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ының келесі тоқсанынан бастап тоқтатылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарғының осы тармағын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджеттің мүмкіндіктері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н ескереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гер мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәртебесі бойынша шағын жинақталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектепке жататын болса, онда оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білімалушылардың аралас сыныптарда әртүрлі жастағы оқуын ескере отырып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547D84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз етіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>шағын жинақталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектептерде жеке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леген пәндерді оқу кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және сыныпта 10-16 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушы болған кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кіші топтарға бөлуге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Сыныптарды бір сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-жиынтыққа бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктіру ке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зінде әр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түрлі жастағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушылардың саны 10 адамнан аспауы тиіс. Шағын жинақталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектептердегі сыныптардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толымдығы 3-10 адам және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Үш немесе төрт сыныпты біріктірген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу сабақтарын ұйымдастыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылжымалы кестесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданылады. Бірінші сынып және біруші сыныптардыңбілім алушыларын бірлесіп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуға жол берілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97708">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекемеде толық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және жарты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97708">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97708">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектепке дейінгі шағын орталық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құрылуы мүмкін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97708">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі шағын орталық заңды тұлға болып табылмайды, мемлекеттік мекеменің құрылымдық бөлімшесі болып табылады және мектепке дейінгі жастағы балаларды жан-жақты дамыту және олардың ата-аналарына баланы тәрбиелеу мен оқытуды, балаларды әлеуметтік бейімдеуді ұйымдастыруда консультативтік-әдістемелік қолдау көрсету үшін құрылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00D067F4" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағын орталыққа қабылдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектепке дейінгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымдарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құжаттарды қабылдау және балаларды қабылдау қағидалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде жү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Балаларды қабылдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құжаттартіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектепке дейінгі білім беру ұйымдарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қабылдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және балаларды қабылдау қағидалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен және мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің тиісті мемлекеттік стандартымен а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>йқында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы медициналық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорытындыға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушылармен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>де сабақ өткізуді қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Қазақстан Республикасы Білім жән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е ғылым министрлігінің нұсқаулықтарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аптасына оқу сағат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ының саны бөлінеді, кесте жасалады, бұйрық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>пен педагогтердің дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрамы анықталады, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақтар журналы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өткізілед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>і. Ата-аналар (заңды өкілдер) үйде сабақ ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ткізу үшін  жағдай жасауға міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу сабақтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">белгіленген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртіппен басталады және аяқталады. Оқу жылының ұзақтығы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оның ішінде оқу апталары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен демалыс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру саласындағы мемлекеттік стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талаптарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және Қазақстан Республикасының өзге де нормативтік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>актілеріне сәйкес айқындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екемеде келесі жұмыс және сабақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленуі мүмкін:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бірінші ауысымында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басталуы – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сағат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8:00 (8:30 немесе 9:00), екінші ауысымда – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сағат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>13:30 (14: 00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сабақ кестесін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нің директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неоны алмастыратын адам бекітеді. Сабақ кестесінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сабақт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күнделікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саны, ұзақтығы мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>реттіліг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>і, сон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақтар арасындағы үзілістердің ұзақтығы көрсетіледі. Мектеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тегі сабақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кестесінің мәселелері қолданыстағы «Білім беру объектілеріне қойылатын санитар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лық-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>эпидемиологиялық талаптар» санитар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттеледі. Сабақкестесі уәкілетті органдар және (немесе) лауазымды адамдар белгілеген шектеу ша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>раларына негізделген эпидемиологиялық жағдайға сәйкес өзгеруі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>абақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тар арасындағы үзіліс кез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекеме Қазақстан Республикасының заңнамасына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ата-аналармен жалпыға міндетті оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ның қаражаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінен мектеп асхана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сында асханасында жүзеге асырылатын білім алушыларды тамақтандыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екемедегі тәртіп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тәрбиеленушілердің, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамдық қадір-қасиетін құрметте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>у негізінде сақталады.Білім алушыларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күш көрсету және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>психикалық зорлық-зомбылық әдістерін қолдануға жол берілмейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқушыларға дәрігерге дейінгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медициналық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызмет көрсетуді мейірбике қамтамасыз етеді, ол әкімшілікпен және  педагогикалық персоналмен қатар білім алушылардың денсаулығы мен физикалық дамуына, емдеу іс-шараларын жүргізуге және санитариялық-гигиеналық нормаларды сақтауға жауапты болады. Дәрігерлік медициналық қызмет көрсетуді жергілікті деңгейдегі денсаулық сақтау органдары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (емх</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар кесте бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медициналық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тексеруден </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512E8B">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім туралы» Заңның талаптарына сәйкес мектеп формасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Оны кию тәртібі мен стилі ата-аналар комитетімен немесе қамқоршылар кеңесінің келісімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>директорының бұйрығымен бекітіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ектеп формасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқытудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зайырлы сипатына сәйкес келуі керек. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> киімдер мен түрлі конфессиялардың діни </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тиесілігінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атрибуттарын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қоса алғанда, киім элементтерін мектеп формасына қосуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілмейді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндетті мектеп формасына қойылатын талаптар Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 14 қаңтардағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26 бұйрығында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B241C4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы талаптарға сәйкес болуы тиіс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекемеде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саяси партиялардың, қоғамдық-саяси және діни қозғалыстар мен ұйымдардың ұйымдық құрылымдарын құруға және олардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жол берілмейді. М</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>емлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екеме зайырлы және діни білімнің бөліну принципін сақтауға міндетті. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іни </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәрбиенің кез келген түріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жол берілмейді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6663"/>
+          <w:tab w:val="left" w:pos="6804"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>инклюзивті білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаттарын жүзеге асыра отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме ерекше білім берілуіне қажеттілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар балаларға білім алу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, дамудың бұзылуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түзету және білім берудің барлық дең</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>гейлерінде әлеуметтік бейімделу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ды қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекемеде ерекше білім берілуіне қажеттілігі бар білім алушыларды ата-аналарының (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заңды өкілдерінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделерін ескере отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы сыныпта (екі баладан аспайтын) үлгілік оқу бағдарламасы, оның ішінде қысқартылған немесе жеке оқу бағдарламасы бойынша және (немесе) арнайы сыныптарда арнайы оқу жоспарлары мен бағдарламалары бойынша дамудағы бұзушылықтардың түрлері бойынша оқыту көзделген. Жалпы және (немесе) арнайы сыныптарда оқитын ерекше білім берілуіне қажеттіліг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і бар балалар үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (олигофренопедагог, сурдопедагог, тифлопедагог, мұғалім-дефектолог, мұғалім-логопед, логопед) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>түзету сабақтарын өткізеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>млекеттік ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кемеде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">логопедтік пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өз жұмысын тұрақты негізде жүргізе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ады. Логопедтік пункт ашу Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облысының білім басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Балқаш қаласының білім бөлімі» мемлекеттік мекемесі ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сшысының бұйрығымен ресімделеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік  м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>екемеге қабылдау бастауыш, негізгі орта, жалпы орта білім берудің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беретін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу бағдарламаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іске асыратын білім беру ұйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>рына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдаудың үлгілік қағидалары н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>егізінде жү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>. Балаларды қабылдауға арналған құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тізімі бастауыш, негізгі орта, жалпы орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім бер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">етін оқу бағдарламаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыратын білім беру ұйымдарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқуға қабылдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және мемлекеттік қызметтер көрсетудің ти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>істі мемлекеттік стандарттарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ынд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алады. Бірінші сыныпқа қабылдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың ата-аналары немесе заңды өкілдері мұғалімді таңдауға құқылы емес. Сыныптан сыныпқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көшу үлгерім нәтижелері бойынша п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагогикалық кеңестің шешімімен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге  асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шағын жинақты мектептерді қоспағанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736F96">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, 0-11 сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тарда білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736F96">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ең аз саны 12 адамнан кем болмауы керек. Мектеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>алды  сыныптарға қабылдау ата-анасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736F96">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өзге де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736F96">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңды өкілдердің өтініш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736F96">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00D067F4" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үлг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ерімін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ағымдағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақылау, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>аралық және қорытынды аттестаттау, бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылардың үлгерімін ағымдағы бақылаудың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D067F4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аралық және қорытынды аттестаттаудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үлгілік қағидаларына сәйкес жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027216A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорытынды аттестаттаудан сәтті өткен түлектерге мемлекеттік мекеменің мөрімен расталған тиісті білімі туралы мемлекеттік үлгідегі құжат беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әмелетке толмаған білім алушыларды шығаруға құқыққа қайшы әрекеттер жасағаны, білім беру ұйымының жарғысын өрескел және бірнеше рет бұзғаны үшін білім беру ұйымын мемлекеттік басқару органының шешімі бойынша ерекше жағдайларда жол беріледі. Жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларды шығару туралы шешім қорғаншылық және қамқоршылық органдарының келісімімен қабылданады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әмелетке толған білім алушыларды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекемеден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығаруға педагогикалық кеңестің шешімі бойынша құқыққа қайшы әрекеттер жасаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы, білім беру ұйымының жарғысын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрескел және бірнеше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет бұзғаны үшін сондай-ақ үлгерімі үшін жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00067CFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағын-орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топтарынан ш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ығару ай сайынғы төлем уақытылы төленбеген,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәлелді себептерсіз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бір айдан артық өткізіп алған жағдайларда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медициналық қарсы көрсетілімдер болған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кезде жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="006F0F5F" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәрігерге дейінгі медициналық қызмет көрсетуді мейірбике қамтамасыз етеді, ол әкімшілікпен және педагогикалық персоналмен қатар білім алушылардың денсаулығы мен физикалық дамуына, емдеу іс-шараларын жүргізуге және санитариялық-гигиеналық нормаларды сақтауға жауапты болады. Дәрігерлік медициналық қызмет көрсетуді жергілікті деңгейдегі денсаулық сақтау органдары (емхана) жүзеге асырады. Оқушылар кесте бойын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ша медициналық тексеруден өтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жалпы білім беру процес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің қатысушылары тәрбиеленушілер, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылар, педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәрбиеленушілердің және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың ата-аналары (оларды алмас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыратын адамдар) болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="004076A4" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0020021D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="004076A4" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әр түрлі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызмет түрлеріндегі ерекше </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жетістіктері үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көтермелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медициналық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызмет көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="004076A4" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="1D1D1D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1157F">
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>кітапхана қорын тегін пайдалану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қосымша (ақылы) білім беру қызметтерін алуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="007179EB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекемені басқаруға қатысу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамның қадір-қасиетін құрметтеу, ар-ождан және ақпарат бостандығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, өз пікірі мен сенім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004076A4">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ін еркін білдіру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме зайырлы және діни білімнің бөліну принципін ұстанады. Діни тәрбиенің кез келген түріне жол берілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қорытынды аттестаттаудан сәтті өткен түлектерге мемлекеттік мекеменің мөрімен расталған тиісті білімі туралы мемлекеттік үлгідегі құжат беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар міндетті: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00C46408" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлкеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеменің жарғысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>н және ішкі тәртіп ережелерін орындауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адал оқуға және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлкеттік мекеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүлкіне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқыпты қарауға, білім алушы мектеп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мүлкіне зиян келтірілген жағдайда, ата-ана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ымен бірге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалпына келтіруге және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құнын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекеменің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83200">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қызметкерлерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E83E31" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектеп формасын киюге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E83E31" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та-аналары мен кәмелетке толмаған балалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та-аналары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен өзге де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заңды өкілдері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баланың қалауын, жеке бейімділігі мен ерекшеліктерін ескере отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекеме ұстанатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндіктер шеңберінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нысанын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>амқоршылық кеңес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе ата-аналар комитеті арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекемені басқару органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларының үлгерімі, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мінез-құлқы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және оқу жағдайлары туралы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өз балаларын оқыту және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу мәселелері бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультациялық көмек </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқығы бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та-аналар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мен өзге де заңды өкілдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>балалардың өмір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен оқуы үшін, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>салауатты және қауіпсіз жағдайлар  жасауға, олардың интеллектуалдық және физикалық күштерінің дамуын, адамгершілік қалыптасуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беретін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектепке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>одан әрі айқындай отырып, мектепалды даярлықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83E31">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің жарғысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған ережелерді орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекемедегі сабақтарға қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00356E0F" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мемлекеттік мекеме қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ар-намысы мен қадір-қасиетін құрметтеуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім беру саласындағы уәкілетті орган белгілеген міндетті мектеп формасына қойылатын талаптарды орындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекемеде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">белгілеген киім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысанын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356E0F">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та-аналар (оларды алмастыратын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) мекеменің жарғысын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ішкі тәртіп ережелерін орындауға және өз балаларын тәрбиелеу мен оқытуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, сондай-ақ мемлекеттік меншікке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұқыпты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарауға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауапты болуға міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>екемені басқару Қазақстан Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>спубликасының заңнамасына, осы Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арғыға сәйкес жүзеге асырылады. Алқалы басқарудың нысаны - Қазақстан Республикасының заңн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>амасында белгіленген тәртіппен п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>едагогикалық кеңес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="1D1D1D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>3)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>мемлекеттік м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
         <w:rPr>
           <w:color w:val="1D1D1D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C1157F">
+        <w:t xml:space="preserve">екемені тікелей басқаруды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
         <w:rPr>
           <w:color w:val="1D1D1D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>воспитание гражданственности и патриотизма, любви к своей Родине, Республике Казахстан, уважения к государственным символам, почитания народных традиций, нетерпимости к любым антиконституционным и антиобщественным проявлениям;</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>директор ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>үзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>иректор жауапты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="007179EB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лауазымдық нұсқаулықта белгіленген нормативтік актілерді, басқару органдарының бұйрықтарын, лауазымдық міндеттерді дәлелді себептерсіз орындамағаны немесе тиісінше орындамағаны, оның ішінде берілген құқықтарды пайдаланбағаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нормативтік актілерді, облыстық және қалалық / аудандық маңызы бар білім беру органдарының бұйрықтарын, лауазымдық нұсқаулық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымдық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндеттерді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дәлелді себептерсіз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11B25">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>орындамағаны немесе тиісінше орындамағаны үшін, оның ішінде берілген құқықтарды пайдаланбағаны үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>білім алушының жеке басына қарсы физикалық және (немесе) психикалық зорлық-зомбылыққа байланысты тәрбие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>леудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>реттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістерін қолданғаны, сондай-ақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өзге де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азғындық әрекеттерді жасағаны үшін директор еңбек заңнамасына сәйкес қы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>зметінен босатылуы мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00A82BC6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі, еңбекті қорғау, оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-тәрбиепроцесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырудың санитар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лық-гигиеналық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзғаны үшін директор Қазақстан Республикасының заңнамасында көзд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>елген жауапкершілікке тартылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009C241D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иісті бейіндер бойынша арнайы педагогикалық немесе кәсіптік білімі бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық қызметпен айналысуға рұқсат етіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Келесі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберілмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық қарсы көрсетілімдері бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психиатриялық және (немесе) наркологиялық диспансерде есепте тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Жыл сайын, жылына бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет, оқу жылының басында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің психиатриялық және (немесе) наркологиялық диспансерде тіркелмегендігін кез-келген заңды түрде растайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соттың заңды күшіне енген үкіміне сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагогтің кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік қызметін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жүзеге асыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>аңнамасында белгіленген тәртіппен әрекетке қабілетсіз немесе әрекет қабілет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ті шектеулі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>деп танылған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C241D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Еңбек кодексінд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е көзделген шектеулер негізінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұмысқа қабылдау кезінде директор </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азаматтық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шінің тиісті бос лауазымдарына орналасуға қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тілік талаптарын басшылыққа алуға міндетті.Тиісті білімі болмаса, педагогикалық қызметпен айналысуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жол берілмейді. Азаматтарды педагогикалық қызметке қабылдау тәртібін бұзғаны үшін директор </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дербес жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>млекеттік ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеме қызметкерлерінің құқықтары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен міндеттері тиісті лауазым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе қызмет түріне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының нормативтік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық актілерімен белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00C46408" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>млекеттік ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - педагогикалық кеңес. Педагогикалық кеңестің құрамына: білім беру ұйымының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (төраға), оның орынбасарлары, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тәрбиешілер, психолог, әлеуметтік педагог кіреді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>млекеттік б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>гогикалық кеңесінің отырысына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар комитетінің немесе қамқоршылар кеңесінің мүшелері шақырылады. Педагогикалық кеңестің құрамы оқу жылына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>арналған директордың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен бекітіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Пе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дагогикалық кеңес өз мүшелері арасынанбір жыл мерзімге хатшы сайлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>едагогикалық кеңес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>млекеттік ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құқықтық актілерді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="007179EB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-тәрбие және әдістемелік жұмыстың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оқытудың барлық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандары бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту әдістерін жетілдіру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оқытудың жаңа технологияларын енгізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие жұмысын жоспарлау мәселелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ды өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушыларды емтихандарға жіберу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ұсынылған құжаттар негізінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушыларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емтихандардан босату, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушыларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесі сыныпқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыстыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе оларды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші жылға қалдыру, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушыларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамота</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен, мақтау қағаздарымен марапаттау, негізгі орта білімді үздік бітіргені туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестат,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ді бітіргені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, үздік аттестат, орта жалпы білім  туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, белгіленген үлгідегі анықтама беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z26"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1D1D1D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу жүктемесін бөлу, алдын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарифтеу, аттестаттауға дайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марапаттау және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көтермелеу мәселелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н қарастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="008F181C" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагогикалық кеңестің жұмысы оқу жылына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әзірленетін, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лық кеңестің отырысында қаралатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекіте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н жоспарға сәйкес жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F181C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық кеңес жылына кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F181C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>де бес рет жиналады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00FE050D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="1D1D1D"/>
-[...76 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE050D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>емлекеттік мекеме қызметті жүзеге асыруға, сондай-ақ осы жарғыда бекітілген өз қызметінің мәні мен мақсаттарына сәйкес келмейтін мәмілелер жасауға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеме қызметінің мақсаттарына қайшы келетін, Қазақстан Республикасының заңдарымен, құрылтай құжаттарымен шектелген немесе оның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>директорының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарғылық құзыретін бұза отырып жасаған мәміле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>: құрылтайшының, тиісті саланың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уәкілетті органының, сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оған қатысты құқық субъектісінің осы жарғыда көрсетілген мүлікке қатысты функцияларына қатысты жүзеге асыратын орнанның, осы жарғыда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсетілген мемлекеттік мүлік жөніндегі уәкілетті органның талабы бойынша жарамсыз болып танылуы мүмкін.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z27"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0020021D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00357B0D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z28"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекемені басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00357B0D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...56 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z30"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекемеге жалпы басшылықты Қарағанды​​</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1157F">
-[...172 lines deleted...]
-        <w:ind w:firstLine="567"/>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00357B0D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="1D1D1D"/>
-[...1024 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облысының әкімдігі мемлекеттік мекемені қайта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыру ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне тарату туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...49 lines deleted...]
-        <w:suppressAutoHyphens/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z31"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рағанды облысының экономика басқармасы» мемлекеттік мекемесі Қазақстан Республикасының заңнамасында белгіленген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртіпп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ен келесі функцияларды жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00FE618E" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="153"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуналдық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE618E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекемеге мүлікті бекітіп береді; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z32"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арғысын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оған енгізілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р мен толықтыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыбекітеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="1D1D1D"/>
-[...19 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысының білім басқармасы «Балқаш қаласының білім бөлімі» мемлекеттік мекемесі заңнама</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесі функцияларды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="003B012B" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B012B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің директорын тағайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="003B012B" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B012B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің қаржыландыру жоспарын бекітеді;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z34"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме мүлкінің сақталуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеменің басқару органдарының құрылымын, қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нжәне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімін, мемлекеттік мекеменің шешімдер қабылдау тәртібін анықтайды; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z36"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>директорының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтарын, міндеттері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауапкершілігін, оны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> босату негіздерін а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нықт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айды;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z38"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының заңнамасына сәйкес мемлекеттік мекеменің штаттық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>санын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, тарифтік тізімдерін және өзге де қаржы-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шаруашылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттама</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ларымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүлік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүлік жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекемеге берілген немесе өзінің шаруашылық қызметінің нәтижесінде сатып алған мүлікті алып қоюға немесе қайта бөлуге жазбаша келісім береді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CE52AA" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекеменің құрылтайшысына мемлекеттік мекемені қайта </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және тарату туралы ұсыныстар енгізеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CE52AA" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы жарғымен және Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа заңнамасымен оған жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CE52AA" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z43"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру саласындағы уәкілетті орган бекіткен тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айынд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағидаларына сәйкес «Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балқаш қаласының білім бөлімі» мемлекеттік мекемесінің басшысы қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z45"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00E3567A" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекеменің жұмысын ұйымдастырады және бас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шылық жасайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қарағанды облысының білім басқармасы Балқаш қаласының білім бөлімі» мемлекеттік м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екемесіне тікелей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>расписание, приказом определяется персональный состав педагогов, ведется журнал проведенных занятий. Родители (законные представители) обязаны создать условия для проведения занятий на дому;</w:t>
-[...6 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t xml:space="preserve">бағынады және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемеге жүктелген міндеттердің орындалуы мен оның функцияларын жүзеге асыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке жауап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3567A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CB6CAB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="1D1D1D"/>
-[...55 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директоры дара </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағидаты бойынша әрекет етеді және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме қызметінің мәселелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және осы жарғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құзыретіне сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дербес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шеш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z47"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3049 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директорының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лық емес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті жүзеге асыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағытталған әрекеттері еңбек </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мінд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еттерін бұзу болып табылады,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және материалдық жауапкершілік шараларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000730D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдануға әкеп соғады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z54"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директоры </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ның заңнамасында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекеме атынан сенімхатсыз әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік органдарда, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдард</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а мемлекеттік мекеменің мүдделерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімхаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>млекеттік мекеменің іссапарлар, тағылымдамар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, қызметкерлерді қазақстандық және шет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>елдік оқу орталық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарында</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қызметкерлердің біліктілігін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арттырудың өзге де түрлері жөніндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00F11B25" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>банк шоттарын ашады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барлық қызметкерлер үшін міндетті бұйрықтар шығарады және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқаулар береді;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z57"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасына сәйкес мемлекеттік мекеменің қызметкерлерін жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа қабылдайды және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасында белгіленген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртіппен мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлеріне көтермелеу шараларын қолданады ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әне тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ік жаза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CA6C64" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орынбасарларының және мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге де басшы қызметкерлерінің міндеттері мен өкілеттік шеңберін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йқындай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа қарсы заңнаманы сақтау бойынша жұмысты ұйымдастырады, оның ішінде білім беру ұйымдарында сыбайлас жемқорлықтың алдын алу және болдырмау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шаралар қабылдайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасымен, осы жарғымен және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балқаш қаласының білім бөлімі» мемлекеттік мекемесімен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүктелген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z58"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0020021D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нің мүлкін құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CB6CAB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CE52AA" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z63"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүлкін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның теңгерімінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ң активтері құрайды. Мемле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кеттік мекеменің мүлкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE52AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="009A5C36" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құрылтайшының өзіне берген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5C36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өз қызметі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сатып ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ған мүлік (ақшалай кірістерді қоса алғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де қаржы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көздеріе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>себінен қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алыптастыры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z64"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0020021D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020021D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзіне бекітіліп берілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020021D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мүлік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті және өзіне смета бойынша бөлінген қаражат есебінен сатып алынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020021D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүлік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті өз бетімен иеліктен шығаруға немесе оған өзге де тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z67"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Мемлекеттік мекеменің қызметі Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының бюджетінен қаржыландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="006061EC" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бухгалтерлік есеп жүргізеді және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының заңнамасына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>септі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бухгалтерлік есепті және мемлекеттік мекеме үшін есепт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лікті ұсынуды барлық туындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функциялар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы бар мемлекеттік мекеменің басқару органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыра алады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6CAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекеменің қаржылық-шаруашылық қызметін тексеру және ревизия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z68"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CB6CAB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекемедегі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z71"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылтай құжаттарына өзгерістер мен толықтырулар енгізу «Қарағанды облысының экономика басқармасы» мемлекеттік мекемесінің шешімі бойынша жүргізіледі және «Заңды тұлғаларды мемлкеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның Заңына сәйкес аумақтық әділет органдарында мемлекеттік тіркеу рәсімінен өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="000730D6" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрылтай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="0020021D" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1157F">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрылтай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізу қолданыстағы заңнамада айқындалған өкілеттіктерге сәйкес осы шешімді қабылдаған құрылтайшының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізіледі. Құрылтай құжаттарына өзгерістер мен толықтырулар енгізу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы» Заңына сәйкес аумақтық әділет органдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімінен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтеді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z73"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="005D3C33" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекемені</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3C33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z79"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммуналдық мемлекеттік мекемені қай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та ұйымдастыру Қарағанды облысы әкімдігінің шешімі бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекеме заң актілерінде көзделген басқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да негіздер бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="00CB6CAB" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік мекемені қайта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таратуды «Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының білім басқармасы» мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен келісім бойынша Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының әкімдігі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        34. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таратылған мемлекеттік мекеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кредиторлардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н қанағаттандырғаннан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ейін қалған мүлкін «Қарағанды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының экономика басқармасы» мемлекеттік мекемесі қайта бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таратылған ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">млекеттік мекеменің ақшасы, осы заңды тұлғаның мүлкін өткізу нәтижесінде алынған қаражатты қоса алғанда, кредиторлардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талаптары қанағаттандырылғаннан кейін қалған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақша тиісті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006061EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бюджеттің кірісіне есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарау. Мемлекеттік мекеменің филиалдары мен өкілдіктері туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="002B0B00" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік мекеменің филиалдары мен өкілдіктері жоқ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0B00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0F5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006414F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.Ш. Дубирбекова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F87518" w:rsidRPr="006414F7" w:rsidRDefault="00F87518" w:rsidP="00F87518">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1338 lines deleted...]
-      <w:pgNumType w:start="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B286F" w:rsidRPr="00F87518" w:rsidRDefault="008B286F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008B286F" w:rsidRPr="00F87518" w:rsidSect="00406D32">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="851" w:right="707" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009C51F4" w:rsidRDefault="009C51F4" w:rsidP="00866781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009C51F4" w:rsidRDefault="009C51F4" w:rsidP="00866781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009C51F4" w:rsidRDefault="009C51F4" w:rsidP="00866781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009C51F4" w:rsidRDefault="009C51F4" w:rsidP="00866781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="116918163"/>
+      <w:id w:val="806368108"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="009A3F66" w:rsidRDefault="007E066A">
+      <w:p w:rsidR="0059560F" w:rsidRDefault="00866781">
         <w:pPr>
-          <w:pStyle w:val="a6"/>
+          <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        <w:r w:rsidR="00F87518">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00074536" w:rsidRPr="00074536">
           <w:rPr>
             <w:noProof/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>34</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="004F2E5D" w:rsidRDefault="007E066A">
+  <w:p w:rsidR="0059560F" w:rsidRDefault="009C51F4">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="18762E51"/>
+    <w:nsid w:val="054C67B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="887A0F5C"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="B5564EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="07061EF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC98EB3A"/>
+    <w:lvl w:ilvl="0" w:tplc="22300C34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1776" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3216" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3936" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4656" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5376" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6096" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7536" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0B155BD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93AEFD86"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0C0436EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F28EEF48"/>
+    <w:lvl w:ilvl="0" w:tplc="9DC87EE8">
+      <w:start w:val="48"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="644" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="043F0019" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1364" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="043F001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2084" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="043F000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2804" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="043F0019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3524" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="043F001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4244" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="043F000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4964" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="043F0019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5684" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="043F001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="0D245195"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E9A2DDC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="0EC13BD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDB2B35E"/>
+    <w:lvl w:ilvl="0" w:tplc="09568906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7549" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="13C6364A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAE4F3D0"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="16963108"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="116A82D8"/>
+    <w:lvl w:ilvl="0" w:tplc="B52CEB44">
+      <w:start w:val="63"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="17070C65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5EAC5BAA"/>
+    <w:lvl w:ilvl="0" w:tplc="27EAC9BE">
+      <w:start w:val="43"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="192D01F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D88C58E"/>
+    <w:lvl w:ilvl="0" w:tplc="284AF94A">
+      <w:start w:val="45"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="1D905748"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="564AEA26"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2793770B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7884C062"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2C6E2FD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F490DD74"/>
+    <w:lvl w:ilvl="0" w:tplc="B38EEEEC">
+      <w:start w:val="52"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="2D6832DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3958624A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="360C2BC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="096CB958"/>
+    <w:lvl w:ilvl="0" w:tplc="C8620EB8">
+      <w:start w:val="197"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="36977614"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55E23E9C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C928E10">
+      <w:start w:val="62"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="36CC6453"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EC0F1DC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="3B98787E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85D607B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="3F450C18"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB6C9F9E"/>
+    <w:lvl w:ilvl="0" w:tplc="371228BA">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="451A42FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E90ADE26"/>
+    <w:lvl w:ilvl="0" w:tplc="903A64E8">
+      <w:start w:val="57"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="45825CD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D789DBA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="4C3E3A58"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC8476A4"/>
+    <w:lvl w:ilvl="0" w:tplc="82E2AFB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1776" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3216" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3936" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4656" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5376" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6096" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7536" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="591D7C85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B87A9EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="0ED45C4E">
+      <w:start w:val="49"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="5ECF7B1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="056C8476"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="632957D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF3A9006"/>
+    <w:lvl w:ilvl="0" w:tplc="93FC9496">
+      <w:start w:val="44"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="66C02CE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30FA4DC6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="68D923F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A2ECE18"/>
+    <w:lvl w:ilvl="0" w:tplc="3338342E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="69C74187"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38D240A2"/>
+    <w:lvl w:ilvl="0" w:tplc="2DE642BA">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1819" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7549" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="6D3F61CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04A6BBD2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="7A224CFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3300E8E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="784" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4384" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5104" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6544" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="7B484455"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8488C768"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="007E066A"/>
-    <w:rsid w:val="003870E4"/>
+    <w:rsidRoot w:val="00F87518"/>
+    <w:rsid w:val="00074536"/>
+    <w:rsid w:val="00227281"/>
     <w:rsid w:val="003C2BC4"/>
-    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="00866781"/>
     <w:rsid w:val="008B286F"/>
+    <w:rsid w:val="009C51F4"/>
     <w:rsid w:val="00AF0CCE"/>
+    <w:rsid w:val="00F87518"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:left="1701" w:right="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8333,51 +21387,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="00F87518"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C2BC4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -8449,98 +21503,212 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="003C2BC4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F87518"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F87518"/>
+    <w:pPr>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="00F87518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F87518"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F87518"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F87518"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F87518"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="00F87518"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="00F87518"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F87518"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F87518"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8786,55 +21954,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>33110</Characters>
+  <Pages>16</Pages>
+  <Words>5455</Words>
+  <Characters>31096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>275</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>259</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38841</CharactersWithSpaces>
+  <CharactersWithSpaces>36479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>