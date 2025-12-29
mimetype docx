--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,6146 +1,2442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00207F38" w:rsidRPr="00207F38" w:rsidRDefault="00207F38" w:rsidP="001B08E6">
+    <w:p w:rsidR="0033499F" w:rsidRDefault="001B08E6" w:rsidP="0033499F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-[...100 lines deleted...]
-    <w:p w:rsidR="00207F38" w:rsidRDefault="00207F38" w:rsidP="00207F38">
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инструкция пользования порталом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Indigo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRPr="0033499F" w:rsidRDefault="0033499F" w:rsidP="0033499F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...366 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1615A" w:rsidRDefault="00E1615A" w:rsidP="0033499F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Для пользования услугами портала необходимо прежде чем выбра</w:t>
+      </w:r>
+      <w:r w:rsidR="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ть услугу указать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свое местополо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жение</w:t>
+      </w:r>
+      <w:r w:rsidR="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1615A" w:rsidRDefault="00E1615A" w:rsidP="001B08E6">
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="0033499F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1615A" w:rsidRDefault="00E1615A" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.В п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равом верхнем углу страницы портала необходимо изменить свое </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRPr="00E1615A" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="00E1615A" w:rsidP="0033499F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C863B92" wp14:editId="35A9FBDA">
             <wp:extent cx="5940425" cy="3064510"/>
             <wp:effectExtent l="0" t="0" r="3175" b="2540"/>
             <wp:docPr id="5" name="Рисунок 5"/>
-            <wp:cNvGraphicFramePr>
-[...2268 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3301365"/>
+                      <a:ext cx="5940425" cy="3064510"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00231F82" w:rsidRDefault="00231F82" w:rsidP="00625576">
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="001B08E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00231F82" w:rsidRPr="006A3026" w:rsidRDefault="009C681A" w:rsidP="00625576">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1615A" w:rsidRDefault="00E1615A" w:rsidP="001B08E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Чтобы зайти в Личный кабинет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRPr="0033499F" w:rsidRDefault="00E1615A" w:rsidP="0033499F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.В правом верхнем углу необходимо нажать синюю кнопку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Личный кабинет</w:t>
+      </w:r>
+      <w:r w:rsidR="0033499F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1615A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ввести ИИН заявителя, код с картинки, затем придет код на номер телефона указанный в заявлении и </w:t>
+      </w:r>
+      <w:r w:rsidR="0033499F" w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ввести</w:t>
+      </w:r>
+      <w:r w:rsidR="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...75 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0033499F" w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>пароль к личному кабинету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1615A" w:rsidRPr="0033499F" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B163484" wp14:editId="2DE990E2">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6854A4AB" wp14:editId="123E2724">
+            <wp:extent cx="5940425" cy="2975610"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6063035" cy="4169291"/>
+                      <a:ext cx="5940425" cy="2975610"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402782" w:rsidRPr="00402782" w:rsidRDefault="00402782" w:rsidP="00402782">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00402782">
+    <w:p w:rsidR="001B08E6" w:rsidRPr="00E1615A" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="006A3026" w:rsidRDefault="001B08E6" w:rsidP="0033499F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Для того, чтоб</w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ы поставить в очередь ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00402782">
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заходим в раздел </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Поставить в очередь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2)Нажимаем встать в очередь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3)Затем вводим 2 действит</w:t>
+      </w:r>
+      <w:r w:rsidR="00625576">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ельных номера телефона т.к. на них будут отправлены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> смс- коды для подтверждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4)Вводим коды в ячейки кода подтверждения нажимаем Далее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>5)Вводим ИИН родителя и ребенка и нажимаем заполнить ФИО т.к. данные подтягиваются из ГБД</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6)Заполняем фактический адрес проживания ребенка нажимаем Далее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7)В случае если ребенок обладатель внеочередной льготы надо прикрепить документы подтверждающие это(справка с места работы военнослужащих, сотрудников спец.органов), первоочередная льгота также подтягивается автоматически, если льготы нет  нажимаем Далее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>8)Выбираем тип(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>) и язык уведомления, нажимаем ок и нажимаем Далее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">9)Проверяем заполненные данные , если все верно нажимаем Отправить заявление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00625576" w:rsidRDefault="001B08E6" w:rsidP="001B08E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B08E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>10)Заявление автоматически регистрируется и в течении 15 минут придет смс с номером заявления</w:t>
+      </w:r>
+      <w:r w:rsidR="00625576">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00231F82" w:rsidRPr="00402782" w:rsidRDefault="00402782" w:rsidP="00402782">
-      <w:pPr>
+    <w:p w:rsidR="00625576" w:rsidRDefault="00231F82" w:rsidP="00625576">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F19A6DA" wp14:editId="1622F38E">
-[...2 lines deleted...]
-            <wp:docPr id="9" name="Рисунок 9"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2545F749" wp14:editId="6BC4F58C">
+            <wp:extent cx="5940425" cy="3301365"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6344285" cy="3318510"/>
+                      <a:ext cx="5940425" cy="3301365"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009C681A" w:rsidRPr="00402782">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00231F82" w:rsidRDefault="00231F82" w:rsidP="00625576">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00231F82" w:rsidRPr="00402782" w:rsidRDefault="00231F82" w:rsidP="00625576">
+    <w:p w:rsidR="00231F82" w:rsidRPr="006A3026" w:rsidRDefault="00231F82" w:rsidP="00625576">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009C681A" w:rsidRPr="00402782" w:rsidRDefault="009C681A" w:rsidP="009C681A">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Чтобы ознакомиться со свободными  местами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00231F82" w:rsidRDefault="00231F82" w:rsidP="00231F82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.Нажимаете н</w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а раздел </w:t>
+      </w:r>
+      <w:r w:rsidR="00971761" w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00231F82" w:rsidRDefault="00231F82" w:rsidP="00625576">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...618 lines deleted...]
-      <w:r w:rsidR="006A3026">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00231F82" w:rsidRPr="00EB21BC" w:rsidRDefault="00231F82" w:rsidP="00625576">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="661F0A92" wp14:editId="7175DF62">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B1C5E2D" wp14:editId="14B73B50">
+            <wp:extent cx="5940425" cy="2745105"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3047365"/>
+                      <a:ext cx="5940425" cy="2745105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402782" w:rsidRDefault="00402782" w:rsidP="00402782">
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00971761">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...221 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. В паспорте детского сада указана информация о наличии свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRPr="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A18AB22" wp14:editId="0F69EF40">
-[...2 lines deleted...]
-            <wp:docPr id="10" name="Рисунок 10"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E8E2C56" wp14:editId="6CCB1295">
+            <wp:extent cx="5940425" cy="3318510"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="9" name="Рисунок 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5679937" cy="2918812"/>
+                      <a:ext cx="5940425" cy="3318510"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402782" w:rsidRDefault="00402782" w:rsidP="00402782">
-[...234 lines deleted...]
-      <w:r w:rsidRPr="00402782">
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRPr="00971761" w:rsidRDefault="006A3026" w:rsidP="00971761">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Для того, чтобы увидеть свободные места с датой окончания приоритета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRDefault="006A3026" w:rsidP="006A3026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Внизу каждой страницы портала имеется раздел Открытые данные в нем размещен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Протокол освобождения мест</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402782" w:rsidRDefault="00402782" w:rsidP="00402782">
-[...17 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w:rsidR="006A3026" w:rsidRDefault="006A3026" w:rsidP="006A3026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E0C310E" wp14:editId="64C2D8E0">
-[...2 lines deleted...]
-            <wp:docPr id="12" name="Рисунок 12"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="661F0A92" wp14:editId="7175DF62">
+            <wp:extent cx="5940425" cy="3047365"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="635"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3235960"/>
+                      <a:ext cx="5940425" cy="3047365"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402782" w:rsidRPr="00EB21BC" w:rsidRDefault="00402782" w:rsidP="00402782">
-[...421 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00CA36C0" w:rsidRDefault="00CA36C0" w:rsidP="00CA36C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA36C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протоколе освобождения мест </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA36C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отображены все </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свободные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA36C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>места публиковавшиеся в портале с датой и временем окончания приоритета.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В нем имеется поставить фильтры, для того чтобы отобразилась нужная информация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC6C14" w:rsidRDefault="00BC6C14" w:rsidP="00CA36C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA36C0" w:rsidRDefault="00CA36C0" w:rsidP="00CA36C0">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F05B125" wp14:editId="2AB3FC48">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Рисунок 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5562FE60" wp14:editId="4FC7CC91">
+            <wp:extent cx="5940425" cy="3284220"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="13" name="Рисунок 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5544584" cy="2744139"/>
+                      <a:ext cx="5940425" cy="3284220"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C681A" w:rsidRDefault="009C681A" w:rsidP="009C681A">
+    <w:p w:rsidR="00CA36C0" w:rsidRPr="00CA36C0" w:rsidRDefault="00CA36C0" w:rsidP="00CA36C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRPr="00CA36C0" w:rsidRDefault="00EB21BC" w:rsidP="006A3026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...293 lines deleted...]
-      <w:r w:rsidRPr="009C681A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Чтобы ознакомиться с выданными направлениями нужно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Войти в </w:t>
+      </w:r>
+      <w:r w:rsidR="00186B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Протокол выдачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, который расположен внизу страницы в разделе Открытые данные</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B62D4A">
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRPr="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D6A3DA8" wp14:editId="665341FB">
-[...2 lines deleted...]
-            <wp:docPr id="7" name="Рисунок 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1664B9F7" wp14:editId="0BDFB630">
+            <wp:extent cx="5649595" cy="2903220"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:docPr id="10" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3028950"/>
+                      <a:ext cx="5679937" cy="2918812"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B62D4A" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
-[...104 lines deleted...]
-      <w:r w:rsidR="00B62D4A">
+    <w:p w:rsidR="006A3026" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протоколе выдачи направлений </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB21BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>можно ознакомиться со всеми выданными нап</w:t>
+      </w:r>
+      <w:r w:rsidR="00186B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>равлений и посмотреть их статус и поставить фильтры в нужные графы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00EB21BC" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB21BC" w:rsidRDefault="00CA36C0" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D9FA2B4" wp14:editId="754AD7DA">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Рисунок 8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="776301FC" wp14:editId="3099FB43">
+            <wp:extent cx="5940425" cy="3235960"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="2540"/>
+            <wp:docPr id="12" name="Рисунок 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="3235960"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA36C0" w:rsidRPr="00EB21BC" w:rsidRDefault="00CA36C0" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRDefault="006A3026" w:rsidP="006A3026">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Для того чтобы Проверить номер очереди ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRDefault="006A3026" w:rsidP="006A3026">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нажмите на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проверить очередь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>введите ИИН ребенка или заявителя и выйдет ваш номер в очереди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1615A" w:rsidRPr="006A3026" w:rsidRDefault="00E1615A" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRPr="006A3026" w:rsidRDefault="006A3026" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F05B125" wp14:editId="2AB3FC48">
+            <wp:extent cx="5533390" cy="2738599"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="4" name="Рисунок 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5544584" cy="2744139"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRPr="00B62D4A" w:rsidRDefault="0033499F" w:rsidP="00E1615A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Если заявитель желает</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62D4A" w:rsidRPr="00B62D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обновить номер телефона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62D4A" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.На первом шаге входа в Личный кабинет необходимо нажать на</w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кнопку </w:t>
+      </w:r>
+      <w:r w:rsidR="00971761" w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обновить номер телефона </w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>далее заполняет все поля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62D4A" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D6A3DA8" wp14:editId="665341FB">
+            <wp:extent cx="5940425" cy="3028950"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="3028950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62D4A" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033499F" w:rsidRPr="0033499F" w:rsidRDefault="00B62D4A" w:rsidP="0033499F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Если забыли пароль от Личного кабинета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62D4A" w:rsidRPr="00971761" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.На втором шаге входа в Личный кабинет нажмите </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Забыли пароль?</w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и заполняете необходимые поля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62D4A" w:rsidRPr="00B62D4A" w:rsidRDefault="00B62D4A" w:rsidP="00B62D4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D9FA2B4" wp14:editId="754AD7DA">
+            <wp:extent cx="5940425" cy="2935605"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2935605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A3026" w:rsidRPr="009C681A" w:rsidRDefault="006A3026" w:rsidP="006A3026">
-[...10 lines deleted...]
-    <w:p w:rsidR="006A3026" w:rsidRPr="00E0209B" w:rsidRDefault="00E0209B" w:rsidP="00D25BCD">
+    <w:p w:rsidR="006A3026" w:rsidRDefault="006A3026" w:rsidP="006A3026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A3026" w:rsidRPr="006A3026" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...359 lines deleted...]
-    <w:p w:rsidR="00E0209B" w:rsidRDefault="00E0209B" w:rsidP="00E0209B">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Для того чтобы получить направление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="0033499F" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Входите в Личный кабинет данные ребенка в нем отображаются автоматически и нажимаете на кнопку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Получить направление" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2. Нажимаете на кнопку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Поиск свободных мест"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3. Выходят доступные Детские сады, в которых есть свободные места, подходящие по возрасту Вашего ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4. Выбираете Детский сад, затем нажимаете на кнопочку "Выбрать группу"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>5. Выходят группы Детского сада, где есть свободные места по Вашей возрастной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6. Затем нажимаем на кнопочку "Получить направление по заявке №ХХХ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7. Для ознакомления выходит информация для зачисления ребенка, выбранный детский сад, группа, в которую вы хотите выдать направление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>8. Затем нажать на кнопочку "Получить направление"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRPr="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>9. Направление получено</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D25BCD" w:rsidRDefault="00D25BCD" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>10. Можете обратиться с пакетом документов в садик</w:t>
+      </w:r>
+      <w:r w:rsidR="00607D24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00607D24" w:rsidRDefault="00607D24" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00607D24" w:rsidRPr="00607D24" w:rsidRDefault="00607D24" w:rsidP="00607D24">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...268 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00607D24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Посмотреть выданные направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00607D24" w:rsidRDefault="00607D24" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.Заходим в Личный кабинет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00607D24" w:rsidRPr="00D25BCD" w:rsidRDefault="00607D24" w:rsidP="00D25BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Выбираем раздел </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033499F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мои Направления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, в нем отображается информация о направлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B08E6" w:rsidRPr="001B08E6" w:rsidRDefault="001B08E6" w:rsidP="006A3026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001B08E6" w:rsidRPr="001B08E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002F451F" w:rsidRDefault="002F451F" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002F451F" w:rsidRDefault="002F451F" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002F451F" w:rsidRDefault="002F451F" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002F451F" w:rsidRDefault="002F451F" w:rsidP="00EB21BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F3637C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0310F0B6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6280,139 +2576,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="217535DB"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45CC640D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A99C7494"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6457,216 +2664,128 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
-[...1 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C5E93"/>
-    <w:rsid w:val="000B1FC3"/>
+    <w:rsid w:val="00186B64"/>
     <w:rsid w:val="001B08E6"/>
-    <w:rsid w:val="00207F38"/>
     <w:rsid w:val="00231F82"/>
+    <w:rsid w:val="002F451F"/>
+    <w:rsid w:val="0033499F"/>
     <w:rsid w:val="003943B7"/>
-    <w:rsid w:val="00402782"/>
     <w:rsid w:val="00607D24"/>
     <w:rsid w:val="00625576"/>
     <w:rsid w:val="006A3026"/>
     <w:rsid w:val="006C5E93"/>
     <w:rsid w:val="0078204A"/>
     <w:rsid w:val="00971761"/>
-    <w:rsid w:val="009C681A"/>
     <w:rsid w:val="00B62D4A"/>
-    <w:rsid w:val="00BA5013"/>
+    <w:rsid w:val="00BC6C14"/>
+    <w:rsid w:val="00CA36C0"/>
     <w:rsid w:val="00D25BCD"/>
-    <w:rsid w:val="00E0209B"/>
+    <w:rsid w:val="00D52F4B"/>
     <w:rsid w:val="00E1615A"/>
-    <w:rsid w:val="00E91365"/>
+    <w:rsid w:val="00EB21BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="6DEBCE85"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5E815F3B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{78663A6D-E739-405F-B894-E68D2E91A34A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -7022,150 +3141,144 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001B08E6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-    <w:name w:val="Заголовок 4 Знак"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB21BC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="4"/>
-[...9 lines deleted...]
-    </w:rPr>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EB21BC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB21BC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EB21BC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7389,70 +3502,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>2804</Characters>
+  <Pages>9</Pages>
+  <Words>546</Words>
+  <Characters>3115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3289</CharactersWithSpaces>
+  <CharactersWithSpaces>3654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RePack by Diakov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>