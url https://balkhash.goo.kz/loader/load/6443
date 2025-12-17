--- v0 (2025-12-15)
+++ v1 (2025-12-17)
@@ -1,967 +1,1644 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E3564D" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
+    <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="000D6048" w:rsidP="00FC0F4E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000520BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Участие ОСШ № 1</w:t>
+        <w:t xml:space="preserve">№ 10 </w:t>
       </w:r>
-      <w:r w:rsidR="008B38C5" w:rsidRPr="000520BC">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t xml:space="preserve">ЖББОМ </w:t>
       </w:r>
-      <w:r w:rsidRPr="000520BC">
+      <w:r w:rsidRPr="000D6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в мероприятиях, соревнованиях, конкурсах и олимпиадах</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-шараларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байқаулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="772"/>
         <w:gridCol w:w="4769"/>
         <w:gridCol w:w="3165"/>
         <w:gridCol w:w="2426"/>
         <w:gridCol w:w="3654"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
+          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="000D6048" w:rsidP="00FC0F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000520BC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Наименование мероприятия</w:t>
-            </w:r>
+              <w:t>Іс-шараның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
+          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="000D6048" w:rsidP="00FC0F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000520BC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Поставщик услуг</w:t>
-            </w:r>
+              <w:t>Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
+          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="000D6048" w:rsidP="00FC0F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000520BC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Выделенная сумма</w:t>
+              <w:t>Бөлінген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="00FC0F4E" w:rsidP="00FC0F4E">
+          <w:p w:rsidR="00FC0F4E" w:rsidRPr="000520BC" w:rsidRDefault="000D6048" w:rsidP="00FC0F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000520BC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Результаты (количество участников/количество призовых мест)</w:t>
+              <w:t>Нәтижелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қатысушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D6048">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00673266">
-[...13 lines deleted...]
-              <w:t>Республиканская предметная олимпиада (школьный тур)</w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00673266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еспубликалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00B27256">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00B27256">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Бесплатно </w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00183994" w:rsidRPr="000520BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DD4B81" w:rsidRPr="00DD4B81" w:rsidRDefault="00DD4B81" w:rsidP="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны 87</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD4B81" w:rsidRPr="00DD4B81" w:rsidRDefault="00DD4B81" w:rsidP="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00673266">
-[...13 lines deleted...]
-              <w:t>Республиканская предметная олимпиада (городской тур)</w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00673266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тур)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00B27256">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00B27256">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E02126" w:rsidRPr="00E02126" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E02126" w:rsidRPr="00E02126" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00673266">
-[...13 lines deleted...]
-              <w:t>Республиканская предметная олимпиада (областной тур тур)</w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00673266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тур тур)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00B27256">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81" w:rsidP="00B27256">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00183994">
-[...30 lines deleted...]
-              <w:t>призовых мест  3</w:t>
+          <w:p w:rsidR="00E02126" w:rsidRPr="00E02126" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00673266">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="000520BC">
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00E02126" w:rsidP="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Зейн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000520BC">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жобасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00B27256">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00E02126" w:rsidP="00B27256">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республикалық</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Бесплатно </w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00DD4B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD4B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00183994" w:rsidRPr="000520BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00183994">
-[...23 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00E02126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E02126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidTr="00183994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00824938">
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00EF0E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="00673266">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00183994" w:rsidRPr="007471C4" w:rsidRDefault="00183994" w:rsidP="00673266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000520BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Областная </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>Clever</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007471C4" w:rsidRPr="007471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Облыстық олимпиада</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="00183994" w:rsidP="004F0075">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Отдел образования </w:t>
+          <w:p w:rsidR="007471C4" w:rsidRPr="00EF0E33" w:rsidRDefault="007471C4" w:rsidP="007471C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық олимпиада</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F0075" w:rsidRPr="00EF0E33" w:rsidRDefault="007471C4" w:rsidP="007471C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF0E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="004F0075">
-[...13 lines deleted...]
-              <w:t>бесплатно</w:t>
+          <w:p w:rsidR="00183994" w:rsidRPr="007471C4" w:rsidRDefault="007471C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0075" w:rsidRPr="000520BC" w:rsidRDefault="00F66D32">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007471C4" w:rsidRPr="007471C4" w:rsidRDefault="007471C4" w:rsidP="007471C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00183994" w:rsidRPr="000520BC" w:rsidRDefault="007471C4" w:rsidP="007471C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FC0F4E" w:rsidRDefault="00FC0F4E"/>
     <w:sectPr w:rsidR="00FC0F4E" w:rsidSect="00FC0F4E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -978,175 +1655,181 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC0F4E"/>
     <w:rsid w:val="00003955"/>
     <w:rsid w:val="00015833"/>
     <w:rsid w:val="000520BC"/>
     <w:rsid w:val="00071044"/>
     <w:rsid w:val="00083282"/>
     <w:rsid w:val="000C2077"/>
+    <w:rsid w:val="000D6048"/>
     <w:rsid w:val="000F4570"/>
     <w:rsid w:val="00150035"/>
     <w:rsid w:val="00155C9C"/>
     <w:rsid w:val="00183994"/>
     <w:rsid w:val="001D1ED8"/>
     <w:rsid w:val="001F652A"/>
     <w:rsid w:val="002007D3"/>
     <w:rsid w:val="00207F0A"/>
     <w:rsid w:val="002807A2"/>
     <w:rsid w:val="002D49C1"/>
     <w:rsid w:val="00345490"/>
     <w:rsid w:val="00360E63"/>
     <w:rsid w:val="00372F46"/>
     <w:rsid w:val="00376748"/>
     <w:rsid w:val="003A631E"/>
     <w:rsid w:val="003D60D5"/>
     <w:rsid w:val="003E7605"/>
     <w:rsid w:val="00402495"/>
     <w:rsid w:val="00424279"/>
     <w:rsid w:val="00467A89"/>
     <w:rsid w:val="0047462C"/>
     <w:rsid w:val="004B6503"/>
     <w:rsid w:val="004E19F6"/>
     <w:rsid w:val="004F0075"/>
     <w:rsid w:val="00516E10"/>
     <w:rsid w:val="00524EC4"/>
     <w:rsid w:val="005354EE"/>
     <w:rsid w:val="005724C9"/>
     <w:rsid w:val="005839A2"/>
     <w:rsid w:val="0059058D"/>
     <w:rsid w:val="0059216B"/>
     <w:rsid w:val="005946A5"/>
     <w:rsid w:val="005C3A53"/>
     <w:rsid w:val="005E4E53"/>
     <w:rsid w:val="005E6C7C"/>
     <w:rsid w:val="006240ED"/>
     <w:rsid w:val="00640D27"/>
     <w:rsid w:val="006509F6"/>
     <w:rsid w:val="006A120E"/>
     <w:rsid w:val="006C62E1"/>
     <w:rsid w:val="006E4963"/>
     <w:rsid w:val="007046F9"/>
     <w:rsid w:val="0071308B"/>
+    <w:rsid w:val="007471C4"/>
     <w:rsid w:val="00765D25"/>
     <w:rsid w:val="007A05E5"/>
     <w:rsid w:val="007A0909"/>
     <w:rsid w:val="007B5AA7"/>
     <w:rsid w:val="00817F19"/>
-    <w:rsid w:val="00824938"/>
     <w:rsid w:val="00861377"/>
     <w:rsid w:val="00870DBF"/>
     <w:rsid w:val="008951B9"/>
     <w:rsid w:val="008B38C5"/>
     <w:rsid w:val="008D347B"/>
     <w:rsid w:val="008D7DC6"/>
     <w:rsid w:val="008F2D8F"/>
     <w:rsid w:val="00933D16"/>
     <w:rsid w:val="009437D7"/>
     <w:rsid w:val="00946678"/>
     <w:rsid w:val="00954790"/>
     <w:rsid w:val="009676DD"/>
+    <w:rsid w:val="009A1FF3"/>
     <w:rsid w:val="009C0D5A"/>
     <w:rsid w:val="009D3E4F"/>
     <w:rsid w:val="00A33386"/>
     <w:rsid w:val="00AB5A7C"/>
     <w:rsid w:val="00AD566B"/>
     <w:rsid w:val="00AE6487"/>
     <w:rsid w:val="00B1762F"/>
     <w:rsid w:val="00B22EA6"/>
     <w:rsid w:val="00B23042"/>
     <w:rsid w:val="00B31CF1"/>
     <w:rsid w:val="00B63C59"/>
     <w:rsid w:val="00B868FA"/>
     <w:rsid w:val="00B900DB"/>
     <w:rsid w:val="00BA5AF7"/>
     <w:rsid w:val="00BD2D14"/>
     <w:rsid w:val="00BD59FA"/>
     <w:rsid w:val="00C27583"/>
     <w:rsid w:val="00C343DF"/>
     <w:rsid w:val="00CD18AD"/>
     <w:rsid w:val="00CD510C"/>
     <w:rsid w:val="00D15FCC"/>
     <w:rsid w:val="00D259A5"/>
     <w:rsid w:val="00D32474"/>
     <w:rsid w:val="00DD3F11"/>
+    <w:rsid w:val="00DD4B81"/>
     <w:rsid w:val="00DE64ED"/>
+    <w:rsid w:val="00E02126"/>
     <w:rsid w:val="00E1567D"/>
     <w:rsid w:val="00E24214"/>
     <w:rsid w:val="00E3564D"/>
     <w:rsid w:val="00E6656B"/>
     <w:rsid w:val="00E94319"/>
     <w:rsid w:val="00EB2FD7"/>
     <w:rsid w:val="00ED5531"/>
+    <w:rsid w:val="00EF0E33"/>
     <w:rsid w:val="00F13C10"/>
     <w:rsid w:val="00F40C21"/>
     <w:rsid w:val="00F50B55"/>
     <w:rsid w:val="00F66D32"/>
     <w:rsid w:val="00F77D6B"/>
     <w:rsid w:val="00FB3B6C"/>
     <w:rsid w:val="00FC0F4E"/>
+    <w:rsid w:val="00FC66C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A0E3875B-1498-49BD-9BDA-1760DD6EA635}"/>
+  <w15:docId w15:val="{1A90896A-4D67-49E5-8D46-4973D949FAEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1857,65 +2540,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>119</Words>
-  <Characters>682</Characters>
+  <Words>104</Words>
+  <Characters>599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>800</CharactersWithSpaces>
+  <CharactersWithSpaces>702</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>