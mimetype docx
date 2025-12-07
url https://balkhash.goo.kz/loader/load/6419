--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -13,65 +13,65 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10205"/>
+        <w:gridCol w:w="10421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A53360" w:rsidTr="00A53360">
+      <w:tr w:rsidR="000D6FD7" w:rsidTr="000D6FD7">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcW w:w="10421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A53360" w:rsidRPr="00A53360" w:rsidRDefault="00A53360" w:rsidP="00934587">
+          <w:p w:rsidR="000D6FD7" w:rsidRPr="000D6FD7" w:rsidRDefault="000D6FD7" w:rsidP="00934587">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28.12.2020-ғы № 548 шығыс хаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="001A1881" w:rsidP="00934587">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -103,1962 +103,2341 @@
         </w:rPr>
         <w:t>Нур-Султан</w:t>
       </w:r>
       <w:r w:rsidRPr="00584EA5">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="0010675D" w:rsidP="0010675D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="0010675D" w:rsidP="0010675D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="0010675D" w:rsidP="0010675D">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="aa"/>
+        <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4928"/>
+        <w:gridCol w:w="4667"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D44F0E" w:rsidRPr="00693ADB" w:rsidTr="008C500D">
+      <w:tr w:rsidR="003069D4" w:rsidRPr="003A65DF" w:rsidTr="00C62056">
         <w:trPr>
-          <w:trHeight w:val="1444"/>
+          <w:trHeight w:val="1342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4928" w:type="dxa"/>
+            <w:tcW w:w="4667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D44F0E" w:rsidRPr="00693ADB" w:rsidRDefault="00D44F0E" w:rsidP="008C500D">
+          <w:p w:rsidR="003069D4" w:rsidRPr="002E55A8" w:rsidRDefault="003069D4" w:rsidP="00C62056">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коронавирустық инфекцияның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>таралуына байланысты шектеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шаралары кезеңінде  білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдарында оқу процесін іске асыру жөніндегі әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұсынымдарды бекіту туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820171">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5B6E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">О внесении </w:t>
+              <w:t>Қазақстан Республикасы Білім және ғылым министрінің                   20</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00820171">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>й</w:t>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="001227AF">
+            <w:r w:rsidRPr="00BE5B6E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в приказ Министра образования и науки Республики Казахстан от </w:t>
+              <w:t xml:space="preserve"> жылғы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>13 августа</w:t>
+              <w:t>13 тамыздағы</w:t>
             </w:r>
-            <w:r w:rsidRPr="001227AF">
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE5B6E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> года № </w:t>
+              <w:t xml:space="preserve"> № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>345</w:t>
             </w:r>
-            <w:r w:rsidRPr="001227AF">
+            <w:r w:rsidRPr="00BE5B6E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> бұйрығына өзгеріс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t>тер</w:t>
             </w:r>
-            <w:r w:rsidRPr="005320F8">
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE5B6E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...85 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+              <w:t xml:space="preserve"> енгізу туралы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D44F0E" w:rsidRPr="00F923B9" w:rsidRDefault="00D44F0E" w:rsidP="00D44F0E">
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D44F0E" w:rsidRPr="004B58D0" w:rsidRDefault="00D44F0E" w:rsidP="00D44F0E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="002E55A8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="00820171" w:rsidRDefault="003069D4" w:rsidP="003069D4">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00820171">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Құқықтық актілер туралы» 2016 жылғы 6 сәуірдегі Қазақстан Республикасы Заңының 65-бабының 3-тармағына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820171">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...35 lines deleted...]
-    <w:p w:rsidR="00D44F0E" w:rsidRPr="004B58D0" w:rsidRDefault="00D44F0E" w:rsidP="00D44F0E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="00820171" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Коронавирустық инфекцияның таралуына байланысты шектеу шаралары кезеңінде білім беру ұйымдарында оқу процесін іске асыру жөніндегі әдістемелік ұсынымдарды бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 13 тамыздағы № 345 бұйрығына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820171">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мынадай өзгеріс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820171">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94245">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсетілген бұйрықпен бекітілген К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94245">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оронавирустық инфекцияның таралуына жол бермеуге байланысты шектеу шаралары кезеңінде орта білім беру ұйымдарында оқу процесін ұйымдастыру жөніндегі әдістемелік ұсынымдар осы бұйрыққа 1-қосымшаға сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94245">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсетілген бұйрықпен бекітілген К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94245">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оронавирустық инфекцияның таралуына жол бермеуге байланысты шектеу шаралары кезеңінде техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында оқу процесін ұйымдастыру жөніндегі әдістемелік ұсынымдар осы бұйрыққа 2-қосымшаға сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740E26" w:rsidRPr="00A1692F" w:rsidRDefault="00740E26" w:rsidP="00740E26">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B58D0">
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрықпен бекітілген Коронавирустық инфекцияның таралуына жол бермеуге байланысты шектеу шаралары кезеңінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77962">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарында оқу процесін ұйымдастыру жөніндегі әдістемелік ұсынымдар көрсетілген бұйрықпен бекітілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 –қосымша)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77962">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="00A1692F" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>36-тармақ 1) тармақша мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="2414"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«1) қоғамдық іс-шараларды өткізбеу және адамдардың жиналу ықтималдығын жою, сабақ аяқталғаннан кейін аудиториялардың уақытылы босатылуын бақылауды қамтамасыз ет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>36-тармақтың 4) тармақшасы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="2414"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «әртүрлі академиялық топтардың үзілісте араласпауын қамтамасыз ету үшін жылжымалы өзгерістер кестесін көздесін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кестеде ауаны залалсыздандыру мен желдетуді қоса алғанда, аудиторияларды санитариялық өңдеу үшін оқу сабақтары арасында кемінде 20-25 минут үзіліс көздесін.. Студенттердің аудиториядан тыс байланысы болдырылмасын;»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>36-тармақ 12) мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="2414"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«12) денсаулығы мен жасының жағдайы бойынша тәуекел тобына жататын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлердің денсаулығына байланысты факторларды ескеру. 65 жастан асқан адамдар және ауруы бойынша диспансерлік есепте тұрған адамдар дәстүрлі форматта сабақ өткізген жағдайда ЖЖОКБҰ кестесін жасау кезінде кампус аумағында қызметкерлердің осы санатының шектеулі</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...108 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қозғалысын көздеу ұсынылсын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...94 lines deleted...]
-    <w:p w:rsidR="00123E2C" w:rsidRPr="008F71B0" w:rsidRDefault="00123E2C" w:rsidP="00123E2C">
+      <w:r w:rsidRPr="00A1692F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00123E2C" w:rsidRPr="008F71B0" w:rsidRDefault="00123E2C" w:rsidP="00123E2C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>36-тармақ  мынадай мазмұндағы 14), 15), 16), 17), 18), 19) тармақшалар толқтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...863 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«14) медициналық орталықтардың күшейтілген режимде жұмысын қамтамасыз етсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...83 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>COVID-19, өкпе пневмониясы немесе басқа да вирустық аурулар белгілері болған жағдайда студенттердің өтініші негізінде оларды қашықтықтан оқу форматында оқытуды жалғастырсын және осы өтініштер сапаны қамтамасыз ету комитетінің отырысында қаралсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу корпустарында және жатақханаларда СЭР сақтау қағидаларына өзгерістер енгізсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылар үшін СЭР стандарттарының сақталуын қамтамасыз етсін және оқу процесінде, сонымен қатар сабақ барысында студенттердің аудиторияларда, бетперде кию туралы міндеттемесін қарастырсын. Бетпердесіз келген студенттер аудиторияларға жіберілмесін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СЭР нормаларын сақтай отырып, ЖОО оқу корпустары мен жатақханаларын дайындау және күндізгі және қашықтықтан оқыту форматтарында оқытуды өткізуге дайындық туралы аймақтардың СЭС қорытындысы алынсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көктемгі семестрге дейін білім алушыларды бөлмелердің 50% толымдылығына сәйкес жатақханаға орналастыру қажеттілігін анықтау және орналастыру бойынша жұмыс жүргізсін.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39-тармақмынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«39. 1-курс студенттері үшін 2020-2021 оқу жылының көктемгі семестрінде оқудың барлық бағыттары бойынша аралас оқыту форматында оқу процесін ұйымдастыруды қамтамасыз етсін (лекция және семинарлар – қашықтықтан, санитарлық шараларды және 2 метр әлеуметтік қашықтықты сақтай отырып, қолданбалы сипаттағы  зертханалық және практикалық сабақтарды – аралас формат). Медициналық көрсетілімдер болған жағдайда                 1-курс студенттері өтініш негізінде қашықтықтан оқытуды жалғастыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2 және 3-курстарда оқуды келесі білім салалары бойынша қашықтықтан оқыту форматында жалғастырсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Педагогика ғылымдары («Дене шынықтыру мұғалімдерін даярлаудан» басқа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Гуманитарлық ғылымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Тілдер және әдебиет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әлеуметтік ғылымдар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>журналистика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Бизнес, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>басқару және құқық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Ақпараттық-коммуникативтіктехнологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қызметтер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көлік қызметтерінен басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 және 3-курс студенттеріне әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қашықтықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>күшейтілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>санитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сақтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келесі білім салалары бойынша аралас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>формата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақтар өткізу ұсынылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Педагогика ғылымдары («Дене шынықтыру мұғалімдерін даярлау»);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Өнер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаратылыстану ғылымдары, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Инженер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>лік, өңдеуші және құрылыс салалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Ауыл шаруашылығы және биоресурстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- Ветеринария;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қызметтер (Көлік қызметтері)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-курста академиялық саясат пен күнтізбелік жоспарға (дипломалды және кәсіптік практиканы ұйымдастыру, қорытынды аттестаттауды өткізу) сәйкес даярлау бағыттарына байланысты қашықтықтан/араласоқыту форматтарында оқытуды жүзеге асыру ұсынылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аралас, қашықтықтан және дәстүрлі оқыту форматтарында (сабақ кестесі, ағындарды анықтау, контентті қамтамасыз ету, кәсіби практикаларды ұйымдастыру және т.б.) оқу процесін іске асыру үшін Көктемгі семестрдің басталуына дайындық жүзеге асырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Академиялық саясат пен күнтізбелік жоспар негізінде магистранттар мен докторанттардың теориялық оқуын (қажет болған жағдайда) қашықтықтан және аралас оқыту форматтарында жалғастыру және ҒЗЖ орындау, олардың жеке жоспарларына сәйкес қорытынды аттестаттаудан өтуі үшін жағдай жасауды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шетелдік студенттерді, сондай-ақ дайындық курстарында оқитындарды қашықтықтан оқыту форматында оқытуды жалғастырсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шетелдік академиялық оралымдылықты және тағылымдаманы шектеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Виртуалды академиялық оралымдылықты ұйымдастыру ұсынылсын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>41-тармақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«41. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу процесінің аралас форматы кезінде ұйым  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36, 39-тармақтардың, 40-тармақтың 1-10) тармақшаларының және 41-тармақтың орындалуы үшін жағдайлар жасалсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аралас оқыту форматын ұйымдастырған кезде күндізгі және қашықтықтан оқыту форматтарындағы сабақтардың келесі арақатынасы ұсынылсын: дәрістер мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>семинарлар – онлайн, қолданбалы сипаттағы зертханалық және практикалық сабақтар, санитарлық режим мен 2 метр әлеуметтік қашықтықты сақтай отырып өткізілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E44B8" w:rsidRPr="003E44B8" w:rsidRDefault="003E44B8" w:rsidP="003E44B8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ЖЖОКБҰ-ға да «ішкі академиялық ұтқырлық терезелерін» жоспарлауға рұқсат етіледі, яғни білім алушылардың жекелеген оқу пәндерін онлайн-режимде немесе тұрғылықты жері бойынша өңірдің басқа ЖЖОКБҰ-да зертханалық сабақтарды оқуын ұйымдастыруға рұқсат етілсін.».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="00740E26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті (М.Т.Мелдебекова), Қазақстан Республикасы Білім және ғылым министрлігінің Техникалық және кәсіптік білім департаменті (Н.Ж.Оспанова), Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті (Ә.Ж.Тойбаев) осы бұйрықты облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармалары басшыларының, жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдары басшыларының назарына жеткізсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Қазақстан Республикасы Білім және ғылым министрлігінің құрылымдық бөлімшелері мен ведомстволары осы бұйрықтан және қоса беріліп отырған Әдістемелік ұсынымдардан туындайтын өзге де шараларды қабылдасын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармаларының басшылары осы бұйрықты аудандық және қалалық білім бөлімінің назарына жеткізсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министрлеріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Осы бұйрық қол қойылған күнінен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="003E44B8" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0046489C">
+      <w:r w:rsidRPr="003E44B8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>М</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0046489C">
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E44B8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> образования и науки </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D44F0E" w:rsidRDefault="00D44F0E" w:rsidP="00D44F0E">
+        <w:t>Білім және ғылым министрі                                            А. Аймағамбетов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...91 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRPr="00584EA5" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003069D4" w:rsidRDefault="003069D4" w:rsidP="003069D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00584EA5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D6FD7" w:rsidRDefault="000D6FD7" w:rsidP="003069D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D6FD7" w:rsidRPr="000D6FD7" w:rsidRDefault="000D6FD7" w:rsidP="000D6FD7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>28.12.2020 09:10:31: Мелдебекова М. Т. (Комитет дошкольного и среднего образования) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>28.12.2020 09:22:31: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>28.12.2020 14:47:13: Мелдебекова М. Т. (Комитет дошкольного и среднего образования) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>28.12.2020 14:49:52: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="00A53360" w:rsidRPr="00A53360" w:rsidSect="0010675D">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="000D6FD7" w:rsidRPr="000D6FD7" w:rsidSect="0010675D">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="567" w:bottom="1077" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00135D75" w:rsidRDefault="00135D75">
+    <w:p w:rsidR="007A02ED" w:rsidRDefault="007A02ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00135D75" w:rsidRDefault="00135D75">
+    <w:p w:rsidR="007A02ED" w:rsidRDefault="007A02ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
@@ -2070,161 +2449,168 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00135D75" w:rsidRDefault="00135D75">
+    <w:p w:rsidR="007A02ED" w:rsidRDefault="007A02ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00135D75" w:rsidRDefault="00135D75">
+    <w:p w:rsidR="007A02ED" w:rsidRDefault="007A02ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00B274C4" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00B274C4" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DC5FEF">
+    <w:r w:rsidR="003A65DF">
       <w:rPr>
         <w:rStyle w:val="af2"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00A53360">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="000D6FD7">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6459220</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>618998</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Надпись 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -2246,51 +2632,51 @@
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00A53360" w:rsidRPr="00A53360" w:rsidRDefault="00A53360">
+                        <w:p w:rsidR="000D6FD7" w:rsidRPr="000D6FD7" w:rsidRDefault="000D6FD7">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">28.12.2020 ЭҚАБЖ МО (7.23.0 </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>нұсқасы</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
@@ -2301,51 +2687,51 @@
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Надпись 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:508.6pt;margin-top:48.75pt;width:30pt;height:631.45pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe+iEeAgMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujn6i2JYROXASuChg&#10;NEGTIjNNkbEQilRJ2pZbdOjeV+g7dOjQra/gvFGPlOQ4aYem6EKRd98d7747no5P6lKgFdOmUDLD&#10;0UGIEZNU5YW8zfC762lviJGxROZEKMkyvGEGn4xfvjheVyMWq4USOdMInEgzWlcZXlhbjYLA0AUr&#10;iTlQFZOg5EqXxMJR3wa5JmvwXoogDsN+sFY6r7SizBiQnjdKPPb+OWfUXnBumEUiwxCb9av269yt&#10;wfiYjG41qRYFbcMg/xBFSQoJl+5cnRNL0FIXv7kqC6qVUdweUFUGivOCMp8DZBOFT7K5WpCK+VyA&#10;HFPtaDL/zy19s7rUqMgzHGMkSQkl2n7dftt+3/7c/rj/fP8FxY6jdWVGAL2qAGzrU1VDrTu5AaFL&#10;vea6dF9ICoEe2N7sGGa1RRSEh8MoDEFDQTUMozRMh85N8GBdaWNfMVUit8mwhgp6YslqZmwD7SDu&#10;MqmmhRC+ikKidYb7h0ehN9hpwLmQDst8PzRu4FRb2Ho5BOdr9TGN4iQ8jdPetD8c9JJpctRLB+Gw&#10;B5Gepv0wSZPz6SfnPUpGiyLPmZwVknV9EyV/V5e2g5uK+855FLhRoshdVi42l+uZ0GhFoIHngtC7&#10;lq89VPA4HE8nZNd9fZaBq2BTKb+zG8GcfyHfMg719wVzAv/y2O5KQimT1tfa8whoh+IQ3nMMW7wz&#10;barwHOOdhb9ZSbszLguptK/2k7Dzuy5k3uCBjL283dbW87rt7LnKN9DYWkHDQXOaik4L4H1GjL0k&#10;GuYBCGHG2QtYuFDQZardYbRQ+sOf5A6fYbfGAzBfw4jJsHm/JJphJF5LeMNplCSgsv6QHA1iOOh9&#10;zXxfI5flmYImiHyAfuvwVnRbrlV5A9Nw4i4GFZEUgsuw7bZnthl8ME0pm0w8CKZQRexMXlXUuXYM&#10;u5a7rm+Irto3aKGZ3qhuGJHRk6fYYJ2lVJOlVbzw79Rx3BDbcg8TzLdkO23diNw/e9TDP2H8CwAA&#10;//8DAFBLAwQUAAYACAAAACEAZpntleEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FjSASuUphNCAw4Th40J7Zg1pq3WOFWTreXf457g5mc/PX8vX46uFWfsQ+NJQzJTIJBK&#10;bxuqNOw+X28eQIRoyJrWE2r4wQDL4vIiN5n1A23wvI2V4BAKmdFQx9hlUoayRmfCzHdIfPv2vTOR&#10;ZV9J25uBw10r50otpDMN8YfadPhSY3ncnpyGTbIOH3YfdxSG1fhm96svej9qfX01Pj+BiDjGPzNM&#10;+IwOBTMd/IlsEC1rlaRz9mp4TO9BTA6VTpsDT7cLdQeyyOX/FsUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAN76IR4CAwAAWwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGaZ7ZXhAAAADQEAAA8AAAAAAAAAAAAAAAAAXAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00A53360" w:rsidRPr="00A53360" w:rsidRDefault="00A53360">
+                  <w:p w:rsidR="000D6FD7" w:rsidRPr="000D6FD7" w:rsidRDefault="000D6FD7">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">28.12.2020 ЭҚАБЖ МО (7.23.0 </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>нұсқасы</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
@@ -2493,99 +2879,105 @@
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="00584EA5" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:color w:val="1F497D" w:themeColor="text2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00584EA5">
             <w:rPr>
               <w:noProof/>
               <w:color w:val="1F497D" w:themeColor="text2"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3022E0EB" wp14:editId="451B73AF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>234315</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-109855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="866775" cy="857250"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Рисунок 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name="Рисунок 3"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="866775" cy="857250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="1F497D" w:themeColor="text2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00584EA5">
             <w:rPr>
@@ -2671,78 +3063,78 @@
           <w:r w:rsidR="0010675D" w:rsidRPr="00584EA5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="1F497D" w:themeColor="text2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00584EA5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="1F497D" w:themeColor="text2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="00821934" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="00584EA5" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00584EA5">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4931D205" wp14:editId="1752F4AB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-59690</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>1342389</wp:posOffset>
+                <wp:posOffset>1342390</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
-              <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
+              <wp:effectExtent l="16510" t="8890" r="10795" b="10160"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="15875">
                         <a:solidFill>
                           <a:srgbClr val="3A7298"/>
                         </a:solidFill>
                         <a:round/>
@@ -2750,101 +3142,101 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3E0B4B5D" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.7pt,105.7pt" to="500.15pt,105.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEXtdeHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyRsYCEirFYJ9EJb&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeZ4/HTuJDtw6oVWJs2GKEVdUM6F2Jf7yuhpM&#10;MXKeKEakVrzEJ+7w0+L9u3lvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOkl5bZqym3Dn4W5+deBHxm4ZT/7lpHPdIlhi4+XjaeG7DmSzmpNhZYlpBLzTIP7DoiFBQ&#10;9AZVE0/Q3oo/oDpBrXa68UOqu0Q3jaA89gDdZOlv3by0xPDYCwzHmduY3P+DpZ8OG4sEg91hpEgH&#10;K1oLxdFoEkbTG1dARKU2NjRHj+rFrDX95pDSVUvUjkeKrycDeVnISN6khIszUGDbf9QMYsje6zin&#10;Y2M71EhhvobEAA6zQMe4mNNtMfzoEYWfkzzLxrMxRvTqS0gRIEKisc5/4LpDwSixBPoRkBzWzgdK&#10;v0JCuNIrIWXcu1Soh/Lj6eM4ZjgtBQveEOfsbltJiw4EpPPw/DiaTWOD4LkPs3qvWERrOWHLi+2J&#10;kGcbqksV8KAX4HOxztr4Pktny+lymg/y0WQ5yNO6HjyvqnwwWWWP4/qhrqo6+xGoZXnRCsa4Cuyu&#10;Os3yv9PB5cWcFXZT6m0OyVv0ODAge/1G0nGtYZNnTWw1O23sdd0gzRh8eUZB+/d3sO8f++InAAAA&#10;//8DAFBLAwQUAAYACAAAACEAW/H6/98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG&#10;74L/YZmCt3Y3tRRNsykSiB7Eg60Uj9PsNAnNzobsto3+ercg6G0+Ht55JluPthNnGnzrWEMyUyCI&#10;K2darjV8bMvpAwgfkA12jknDF3lY57c3GabGXfidzptQixjCPkUNTQh9KqWvGrLoZ64njruDGyyG&#10;2A61NANeYrjt5FyppbTYcrzQYE9FQ9Vxc7Iajt+v43NZyJddWe6WxQIPn29bqfXdZHxagQg0hj8Y&#10;rvpRHfLotHcnNl50GqaPi0hqmCdJLK6AUuoexP53JPNM/v8h/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCEXtdeHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBb8fr/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#3a7298" strokeweight="1.25pt">
+            <v:line w14:anchorId="47BEAD94" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.7pt,105.7pt" to="500.15pt,105.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEXtdeHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyRsYCEirFYJ9EJb&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeZ4/HTuJDtw6oVWJs2GKEVdUM6F2Jf7yuhpM&#10;MXKeKEakVrzEJ+7w0+L9u3lvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOkl5bZqym3Dn4W5+deBHxm4ZT/7lpHPdIlhi4+XjaeG7DmSzmpNhZYlpBLzTIP7DoiFBQ&#10;9AZVE0/Q3oo/oDpBrXa68UOqu0Q3jaA89gDdZOlv3by0xPDYCwzHmduY3P+DpZ8OG4sEg91hpEgH&#10;K1oLxdFoEkbTG1dARKU2NjRHj+rFrDX95pDSVUvUjkeKrycDeVnISN6khIszUGDbf9QMYsje6zin&#10;Y2M71EhhvobEAA6zQMe4mNNtMfzoEYWfkzzLxrMxRvTqS0gRIEKisc5/4LpDwSixBPoRkBzWzgdK&#10;v0JCuNIrIWXcu1Soh/Lj6eM4ZjgtBQveEOfsbltJiw4EpPPw/DiaTWOD4LkPs3qvWERrOWHLi+2J&#10;kGcbqksV8KAX4HOxztr4Pktny+lymg/y0WQ5yNO6HjyvqnwwWWWP4/qhrqo6+xGoZXnRCsa4Cuyu&#10;Os3yv9PB5cWcFXZT6m0OyVv0ODAge/1G0nGtYZNnTWw1O23sdd0gzRh8eUZB+/d3sO8f++InAAAA&#10;//8DAFBLAwQUAAYACAAAACEAW/H6/98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG&#10;74L/YZmCt3Y3tRRNsykSiB7Eg60Uj9PsNAnNzobsto3+ercg6G0+Ht55JluPthNnGnzrWEMyUyCI&#10;K2darjV8bMvpAwgfkA12jknDF3lY57c3GabGXfidzptQixjCPkUNTQh9KqWvGrLoZ64njruDGyyG&#10;2A61NANeYrjt5FyppbTYcrzQYE9FQ9Vxc7Iajt+v43NZyJddWe6WxQIPn29bqfXdZHxagQg0hj8Y&#10;rvpRHfLotHcnNl50GqaPi0hqmCdJLK6AUuoexP53JPNM/v8h/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCEXtdeHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBb8fr/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#3a7298" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C7780A" w:rsidRPr="00584EA5" w:rsidRDefault="00584EA5" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r w:rsidR="00177EA8" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve"> БҰЙРЫҚ                                                                                                    ПРИКАЗ</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C7780A" w:rsidRPr="00584EA5" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="0022101F" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>№  ____________________</w:t>
     </w:r>
     <w:r w:rsidR="004B400D" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -3128,139 +3520,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2D746B4A"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3305,51 +3608,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="5A970D48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A788658"/>
     <w:lvl w:ilvl="0" w:tplc="678E410E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3395,51 +3698,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -3505,50 +3808,139 @@
         <w:ind w:left="5989" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="6C5541F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27483F4E"/>
+    <w:lvl w:ilvl="0" w:tplc="A8EC0CC4">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1099" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="79B018D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6649AD2"/>
     <w:lvl w:ilvl="0" w:tplc="13CE3B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3598,318 +3990,262 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00053E62"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="000A20A6"/>
     <w:rsid w:val="000C1710"/>
-    <w:rsid w:val="000D1D59"/>
     <w:rsid w:val="000D4DAC"/>
+    <w:rsid w:val="000D6FD7"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="0010675D"/>
-    <w:rsid w:val="00123E2C"/>
-    <w:rsid w:val="00125DE6"/>
+    <w:rsid w:val="0012285D"/>
     <w:rsid w:val="001319EE"/>
-    <w:rsid w:val="00135D75"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="00146859"/>
-    <w:rsid w:val="001624A5"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00177EA8"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001B6DCA"/>
-    <w:rsid w:val="001C415A"/>
     <w:rsid w:val="001C5860"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="001F7E85"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="0022101F"/>
-    <w:rsid w:val="00231FBF"/>
+    <w:rsid w:val="00232E42"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00251F3F"/>
     <w:rsid w:val="0025227D"/>
-    <w:rsid w:val="0027697D"/>
     <w:rsid w:val="002A394A"/>
     <w:rsid w:val="002A3D25"/>
-    <w:rsid w:val="002A3D6F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00345276"/>
+    <w:rsid w:val="003069D4"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="003770FA"/>
-    <w:rsid w:val="00377BF4"/>
     <w:rsid w:val="0038119C"/>
-    <w:rsid w:val="00394028"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C45B8"/>
+    <w:rsid w:val="003A65DF"/>
     <w:rsid w:val="003D65D5"/>
-    <w:rsid w:val="003E52AC"/>
+    <w:rsid w:val="003E44B8"/>
     <w:rsid w:val="003F241E"/>
-    <w:rsid w:val="00405519"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00442A66"/>
     <w:rsid w:val="004726FE"/>
-    <w:rsid w:val="00491B09"/>
+    <w:rsid w:val="004942A6"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004D5704"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004E7F19"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="00517064"/>
     <w:rsid w:val="00584EA5"/>
-    <w:rsid w:val="005A56D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005E30A9"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="006627B1"/>
     <w:rsid w:val="006B6938"/>
-    <w:rsid w:val="00702D83"/>
     <w:rsid w:val="007111E8"/>
-    <w:rsid w:val="007319D1"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00731EF2"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="0074236E"/>
-    <w:rsid w:val="0077359E"/>
+    <w:rsid w:val="00740E26"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00790EEE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007A30F3"/>
+    <w:rsid w:val="007A02ED"/>
     <w:rsid w:val="007E588D"/>
-    <w:rsid w:val="007F0049"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00814B7E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00830889"/>
     <w:rsid w:val="008436CA"/>
-    <w:rsid w:val="00845C80"/>
     <w:rsid w:val="00851363"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="0091115F"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
-    <w:rsid w:val="0092792F"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="0096063A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00981CD0"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B6224"/>
     <w:rsid w:val="009B69F4"/>
-    <w:rsid w:val="009C63B1"/>
-    <w:rsid w:val="009F0873"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A214B1"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A53360"/>
     <w:rsid w:val="00A64CFB"/>
     <w:rsid w:val="00A90462"/>
+    <w:rsid w:val="00A927EB"/>
     <w:rsid w:val="00AA02B4"/>
     <w:rsid w:val="00AA225A"/>
-    <w:rsid w:val="00AA7B07"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00B05BB3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B63064"/>
     <w:rsid w:val="00B86340"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE5B6E"/>
     <w:rsid w:val="00BE78CA"/>
     <w:rsid w:val="00BF2AEA"/>
     <w:rsid w:val="00C20C25"/>
-    <w:rsid w:val="00C34A15"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00CA1875"/>
-    <w:rsid w:val="00CA2A83"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D22677"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D731C7"/>
     <w:rsid w:val="00D741E6"/>
-    <w:rsid w:val="00DC5FEF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E35BC1"/>
     <w:rsid w:val="00E43190"/>
-    <w:rsid w:val="00E578D1"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E604A5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E749B5"/>
     <w:rsid w:val="00E866E0"/>
-    <w:rsid w:val="00E8692F"/>
     <w:rsid w:val="00EB54A3"/>
-    <w:rsid w:val="00EC3321"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00EE0BF7"/>
+    <w:rsid w:val="00ED01B5"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00F07CDA"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F30FDD"/>
+    <w:rsid w:val="00F316B8"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{01E86788-972F-46F9-A176-5E066549F895}"/>
+  <w15:docId w15:val="{37B26B2D-930F-4354-BA37-05E8B4DB774B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4383,113 +4719,112 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="a9"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
     <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="aa">
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A47D62"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -4501,129 +4836,130 @@
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Знак Знак Знак1 Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="000D4DAC"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:rsid w:val="001763DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
+  <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="0023374B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Знак Знак,Знак4 Знак Знак,Обычный (Web),Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:rsid w:val="00364E0B"/>
@@ -4745,66 +5081,83 @@
   <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="afa"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D65D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:rsid w:val="003D65D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00123E2C"/>
+    <w:rsid w:val="003E44B8"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="266088172">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5065,66 +5418,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1239</Words>
-  <Characters>7066</Characters>
+  <Words>1314</Words>
+  <Characters>7491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8289</CharactersWithSpaces>
+  <CharactersWithSpaces>8788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>