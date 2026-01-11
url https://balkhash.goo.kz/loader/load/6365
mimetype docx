--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -45,92 +45,92 @@
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9639"/>
             </w:tblGrid>
             <w:tr w:rsidR="006B3173" w:rsidTr="006B3173">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9639" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblLayout w:type="fixed"/>
                     <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="9423"/>
                   </w:tblGrid>
-                  <w:tr w:rsidR="007F6B72" w:rsidTr="007F6B72">
+                  <w:tr w:rsidR="005B1631" w:rsidTr="005B1631">
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="9423" w:type="dxa"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:tbl>
                         <w:tblPr>
                           <w:tblW w:w="0" w:type="auto"/>
                           <w:tblLayout w:type="fixed"/>
                           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
                         </w:tblPr>
                         <w:tblGrid>
                           <w:gridCol w:w="9207"/>
                         </w:tblGrid>
-                        <w:tr w:rsidR="007933A8" w:rsidTr="007933A8">
+                        <w:tr w:rsidR="008527B4" w:rsidTr="008527B4">
                           <w:tc>
                             <w:tcPr>
                               <w:tcW w:w="9207" w:type="dxa"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                             </w:tcPr>
-                            <w:p w:rsidR="007933A8" w:rsidRPr="007933A8" w:rsidRDefault="007933A8" w:rsidP="00EF4E93">
+                            <w:p w:rsidR="008527B4" w:rsidRPr="008527B4" w:rsidRDefault="008527B4" w:rsidP="00EF4E93">
                               <w:pPr>
                                 <w:rPr>
                                   <w:color w:val="0C0000"/>
                                   <w:sz w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="0C0000"/>
                                   <w:sz w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>№ исх: 527   от: 15.12.2020</w:t>
                               </w:r>
                             </w:p>
                           </w:tc>
                         </w:tr>
                       </w:tbl>
-                      <w:p w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidRDefault="007F6B72" w:rsidP="00EF4E93">
+                      <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631" w:rsidP="00EF4E93">
                         <w:pPr>
                           <w:rPr>
                             <w:color w:val="0C0000"/>
                             <w:sz w:val="24"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173" w:rsidP="00EF4E93">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8" w:rsidP="00EF4E93">
             <w:pPr>
@@ -194,939 +194,978 @@
         </w:rPr>
         <w:t>-Султан</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001071FE">
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="5102" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="008A0016" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="5102" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2CE2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>изменени</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24F90">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в приказ Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>345</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении Методических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендаций по осуществлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебного процесса в организациях образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период ограничительных мер, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9073E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>связанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9073E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9073E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>распространением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="00A30811" w:rsidRDefault="00BB74D1" w:rsidP="00296D83">
       <w:pPr>
         <w:pStyle w:val="a8"/>
-        <w:ind w:right="4819"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с пунктом 3 статьи 65 Закона Республики Казахстан                   от 6 апреля 2016 года «О правовых актах» </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...226 lines deleted...]
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
+    <w:p w:rsidR="00296D83" w:rsidRPr="00FD34D3" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в приказ Министра образования и науки Республики Казахстан от 13 августа 2020 года № 345 «Об утверждении Методических рекомендаций по осуществлению учебного процесса в организациях образования в период ограничительных мер, связанных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с распространением ко</w:t>
+      </w:r>
+      <w:r w:rsidR="006125C5" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ронавирусной инфекции»  следующе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidR="00E148B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>изме</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86B71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00652021" w:rsidRPr="00652021" w:rsidRDefault="008F02B2" w:rsidP="00CB4EF0">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодически</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4EF0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рекомендаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4EF0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации учебного процесса в организациях среднего образования в период ограничительных мер, связанных с </w:t>
+      </w:r>
+      <w:r w:rsidR="0039587E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> недопущением </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распространени</w:t>
+      </w:r>
+      <w:r w:rsidR="0039587E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коронавирусной</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FE3E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="0039587E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, утвержденных указанным</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом</w:t>
+      </w:r>
+      <w:r w:rsidR="0039587E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="006B7E1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24F90">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изложить </w:t>
+      </w:r>
+      <w:r w:rsidR="0039587E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>согласно приложению к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24F90">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="008D7D4B" w:rsidRDefault="008D7D4B" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Мелдебекова М.Т.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> довести настоящий приказ до сведения руководителей управлений образования областей, городов Нур-Султан, Алматы и Шымкент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="00503E34" w:rsidRDefault="008D7D4B" w:rsidP="00296D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           3</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00503E34">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Руководителям управлений образования областей, городов Нур-Султан, Алматы и Шымкент довести настоящий приказ до сведения районных и городских отделов образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="006411A4" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением настоящего приказа возложить на курирующ</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F86F2D" w:rsidRDefault="00F86F2D" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00634195" w:rsidRPr="008D7D4B" w:rsidRDefault="00634195" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="006411A4" w:rsidRDefault="006411A4" w:rsidP="006411A4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="006411A4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий приказ вводится в действие со дня его подписания.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRPr="002E55A8" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
-[...117 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00296D83" w:rsidRPr="0046489C" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="00640134" w:rsidP="008A2FB0">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00E50476" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті (М.Т.Мелдебекова) осы бұйрықты облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармалары басшыларының назарына жеткізсін.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00296D83" w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инистр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00296D83" w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А. Аймагамбетов</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="00640134" w:rsidP="008A2FB0">
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="005B1631" w:rsidRDefault="005B1631" w:rsidP="005B1631">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:kern w:val="3"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="00640134" w:rsidP="008A2FB0">
-[...31 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008527B4" w:rsidRDefault="008527B4" w:rsidP="005B1631">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403031" w:rsidRDefault="00403031" w:rsidP="008A2FB0">
-[...284 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="008527B4" w:rsidRPr="008527B4" w:rsidRDefault="008527B4" w:rsidP="008527B4">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>18.12.2020 14:52:55: Мелдебекова М. Т. (Комитет дошкольного и среднего образования) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>18.12.2020 15:11:41: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007933A8" w:rsidRPr="007933A8" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="008527B4" w:rsidRPr="008527B4" w:rsidSect="006B7E1B">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DA279D" w:rsidRDefault="00DA279D">
+    <w:p w:rsidR="007D3B49" w:rsidRDefault="007D3B49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DA279D" w:rsidRDefault="00DA279D">
+    <w:p w:rsidR="007D3B49" w:rsidRDefault="007D3B49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -1145,414 +1184,405 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DA279D" w:rsidRDefault="00DA279D">
+    <w:p w:rsidR="007D3B49" w:rsidRDefault="007D3B49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DA279D" w:rsidRDefault="00DA279D">
+    <w:p w:rsidR="007D3B49" w:rsidRDefault="007D3B49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00185C5E" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="009D20A8" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BE78CA">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00185C5E" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="009D20A8" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BE78CA">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F16731">
+    <w:r w:rsidR="0039587E">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="007933A8">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="008527B4">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>528828</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
-              <wp:docPr id="7" name="Надпись 7"/>
+              <wp:docPr id="2" name="Надпись 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="007933A8" w:rsidRPr="007933A8" w:rsidRDefault="007933A8">
+                        <w:p w:rsidR="008527B4" w:rsidRPr="008527B4" w:rsidRDefault="008527B4">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">18.12.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9rVznsQIAAEoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVLFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;SAIkRWaaoiKhFMmStK20yNC9v9B/6NChW3/B+aMeKclx0g5F0YU83h2Pd+/d8fikqTlaM20qKTIc&#10;HYQYMUFlXom7DL+7mQ8mGBlLRE64FCzD98zgk+nrV8cblbKhLCXPmUYQRJh0ozJcWqvSIDC0ZDUx&#10;B1IxAcZC6ppYOOq7INdkA9FrHgzDcBRspM6VlpQZA9rz1oinPn5RMGovi8Iwi3iGITfrV+3XpVuD&#10;6TFJ7zRRZUW7NMg/ZFGTSsCju1DnxBK00tVvoeqKamlkYQ+orANZFBVlvgaoJgpfVHNdEsV8LQCO&#10;UTuYzP8LSy/WVxpVeYbHGAlSA0Xbr9tv2+/bn9sfj58fv6Cxw2ijTAqu1wqcbXMqG+C61xtQutKb&#10;Qtduh6IQ2AHt+x3CrLGIgvJwEoUhWCiYJmGUhMnEhQmebitt7Bsma+SEDGtg0ANL1gtjW9fexT0m&#10;5Lzi3LPIBdpkeHR4FPoLOwsE58L5QhIQo5Nadj4l0TAOT4fJYD6ajAfxPD4aJONwMoDcTpNRGCfx&#10;+fzBxYvitKzynIlFJVjfKVH8d0x0Pdty7HvlWapG8ip3dbjcXHVnXKM1gZZdckLfdwjteQXP0/EA&#10;QnX97qsMHGctN06yzbLpiFzK/B541BLwBS6MovMKHl0QY6+IhvYHJYy0vYSl4BJAlZ2EUSn1xz/p&#10;nX+G3Tocw/UNTFSGzYcV0Qwj/lZAyyZRHIPJ+kN8NB7CQe9blvsWsarPJCAQ+QS96Pwt78VCy/oW&#10;hn/mHgYTERSSy7DtxTPbzjl8HpTNZt4Jhk4RuxDXirrQPd43zS3Rqms5C0heyH72SPqi81pfd1PI&#10;2crKovJt6TBugQUW3AEG1vPRfS7uR9g/e6+nL3D6CwAA//8DAFBLAwQUAAYACAAAACEAaTdHQuEA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW6q04EITSNA5CiLaHqgd+VHFc&#10;4m0SEa+j2JD07euc4LY7O5r5NlsOphFX6lxtWcF0EoEgLqyuuVRw2L+/JCCcR9bYWCYFf+RgmT8+&#10;ZJhq2/OWrjtfihDCLkUFlfdtKqUrKjLoJrYlDrdf2xn0Ye1KqTvsQ7hp5CyKFtJgzaGhwpbWFRXn&#10;3cUo2E6/3Lc++gO7fjN86OPmhz/PSj0/Das3EJ4GfzPDiB/QIQ9MJ3th7USj4DVJArpXkMQxiNEQ&#10;zUflFKZ4vpiBzDN5/0T+DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD2tXOexAgAASgUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGk3R0LhAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAACwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA21KzsQIAAEoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVL1u2zAQ3gv0HQjujn6i2JYQOXASuChg&#10;JAGSIjNNUbFQimRJ2lZaZOjeV+g7dOjQra/gvFGPlOQ4aYei6EIe747Hu++74/FJU3O0ZtpUUuQ4&#10;OggxYoLKohJ3OX53MxuMMTKWiIJwKViO75nBJ5PXr443KmOxXEpeMI0giDDZRuV4aa3KgsDQJauJ&#10;OZCKCTCWUtfEwlHfBYUmG4he8yAOw2GwkbpQWlJmDGjPWyOe+Phlyai9LEvDLOI5htysX7VfF24N&#10;Jscku9NELSvapUH+IYuaVAIe3YU6J5agla5+C1VXVEsjS3tAZR3Isqwo8zVANVH4oprrJVHM1wLg&#10;GLWDyfy/sPRifaVRVeQ4xkiQGijaft1+237f/tz+ePz8+AXFDqONMhm4Xitwts2pbIDrXm9A6Upv&#10;Sl27HYpCYAe073cIs8YiCsrDcRSGYKFgGodRGqZjFyZ4uq20sW+YrJETcqyBQQ8sWc+NbV17F/eY&#10;kLOKc88iF2iT4+HhUegv7CwQnAvnC0lAjE5q2fmURnESnsbpYDYcjwbJLDkapKNwPIDcTtNhmKTJ&#10;+ezBxYuSbFkVBRPzSrC+U6Lk75joerbl2PfKs1SN5FXh6nC5uerOuEZrAi274IS+7xDa8wqep+MB&#10;hOr63VcZOM5abpxkm0XTEbmQxT3wqCXgC1wYRWcVPDonxl4RDe0PShhpewlLySWAKjsJo6XUH/+k&#10;d/45dms8gusbmKgcmw8rohlG/K2Alk2jJAGT9YfkaBTDQe9bFvsWsarPJCAQ+QS96Pwt78VSy/oW&#10;hn/qHgYTERSSy7HtxTPbzjl8HpRNp94Jhk4ROxfXirrQPd43zS3Rqms5C0heyH72SPai81pfd1PI&#10;6crKsvJt6TBugQUW3AEG1vPRfS7uR9g/e6+nL3DyCwAA//8DAFBLAwQUAAYACAAAACEAaTdHQuEA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW6q04EITSNA5CiLaHqgd+VHFc&#10;4m0SEa+j2JD07euc4LY7O5r5NlsOphFX6lxtWcF0EoEgLqyuuVRw2L+/JCCcR9bYWCYFf+RgmT8+&#10;ZJhq2/OWrjtfihDCLkUFlfdtKqUrKjLoJrYlDrdf2xn0Ye1KqTvsQ7hp5CyKFtJgzaGhwpbWFRXn&#10;3cUo2E6/3Lc++gO7fjN86OPmhz/PSj0/Das3EJ4GfzPDiB/QIQ9MJ3th7USj4DVJArpXkMQxiNEQ&#10;zUflFKZ4vpiBzDN5/0T+DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAADbUrOxAgAASgUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGk3R0LhAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAACwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="007933A8" w:rsidRPr="007933A8" w:rsidRDefault="007933A8">
+                  <w:p w:rsidR="008527B4" w:rsidRPr="008527B4" w:rsidRDefault="008527B4">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">18.12.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="007F6B72">
+    <w:r w:rsidR="00BB484D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>6281420</wp:posOffset>
+                <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>526414</wp:posOffset>
+                <wp:posOffset>528955</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="381000" cy="8982075"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="381000" cy="8018780"/>
+              <wp:effectExtent l="0" t="2540" r="2540" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="Надпись 6"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="6" name="Text Box 7"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="381000" cy="8982075"/>
+                        <a:ext cx="381000" cy="8018780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-                      <a:ln w="6350">
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
-                      <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
-                              <a:prstClr val="black"/>
+                              <a:srgbClr val="000000"/>
                             </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidRDefault="007F6B72">
+                        <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelV relativeFrom="margin">
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.6pt;margin-top:41.45pt;width:30pt;height:707.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6fUeLAwMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRH/pEROXASuChg&#10;JEGTIjNNUTERilRJ2pYbdOjeV+g7dOjQra/gvFGPlOQ4aYem6EKRd98d7747no6Oq0KgFdOGK5ni&#10;6CDEiEmqMi5vU/z+etoZYmQskRkRSrIUb5jBx+PXr47W5Yh11UKJjGkETqQZrcsUL6wtR0Fg6IIV&#10;xByokklQ5koXxMJR3waZJmvwXoigG4b9YK10VmpFmTEgPauVeOz95zmj9iLPDbNIpBhis37Vfp27&#10;NRgfkdGtJuWC0yYM8g9RFIRLuHTn6oxYgpaa/+aq4FQro3J7QFURqDznlPkcIJsofJbN1YKUzOcC&#10;5JhyR5P5f27p+epSI56luI+RJAWUaPt1+237fftz++Ph88MX1HccrUszAuhVCWBbnagKat3KDQhd&#10;6lWuC/eFpBDoge3NjmFWWURBeDiMwhA0FFTDZNgNBz3nJni0LrWxb5gqkNukWEMFPbFkNTO2hrYQ&#10;d5lUUy6Er6KQaA1pHPZCb7DTgHMhHZb5fqjdwKmysPVyCM7X6j6JunF40k060/5w0Imnca+TDMJh&#10;J4ySk6Qfxkl8Nv3kvEfxaMGzjMkZl6ztmyj+u7o0HVxX3HfOk8CNEjxzWbnYXK6nQqMVgQaeC0Lv&#10;Gr72UMHTcDydkF379VkGroJ1pfzObgRz/oV8x3Kovy+YE/iXx3ZXEkqZtL7WnkdAO1QO4b3EsME7&#10;07oKLzHeWfiblbQ744JLpX21n4Wd3bUh5zUeyNjL221tNa+azp6rbAONrRU0HDSnKemUA+8zYuwl&#10;0TAPQAgzzl7AkgsFXaaaHUYLpT/+Se7wKXZrdwDmaxgxKTYflkQzjMRbCW84ieIYVNYf4t6gCwe9&#10;r5nva+SyOFXQBJEP0G8d3op2m2tV3MA0nLiLQUUkheBSbNvtqa0HH0xTyiYTD4IpVBI7k1clda4d&#10;w67lrqsbosvmDVpopnPVDiMyevYUa6yzlGqytCrn/p06jmtiG+5hgvmWbKatG5H7Z496/CeMfwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAO9coxrgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQ&#10;hu8m/ofNmHizSwlRoCyNMVUPxkNrY3rcslMgZWcJuy347x1OepuPJ+88U6wn24krDr51pGC5iEAg&#10;Vc60VCvYf70+pCB80GR05wgV/KCHdXl7U+jcuJG2eN2FWnAI+VwraELocyl91aDVfuF6JN6d3GB1&#10;4HaopRn0yOG2k3EUPUqrW+ILje7xpcHqvLtYBdvlh/80h7AnP26mN3PYfNP7Wan7u+l5BSLgFP5g&#10;mPVZHUp2OroLGS86BVmaxYwqSOMMxAxEyTw5cpVkTwnIspD/nyh/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPp9R4sDAwAAWwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAO9coxrgAAAADAEAAA8AAAAAAAAAAAAAAAAAXQUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHXE5ZhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPfXLnMS26lR9WaZJ&#10;3YvU7gcQwDEaBgYkdjX1v+/ASZt2mjRNywfCccfD3T3P+fxi7CXac+uEVg3OzlKMuKKaCbVt8Lf7&#10;9azEyHmiGJFa8QY/cIcvVm/fnA+m5rnutGTcIgBRrh5MgzvvTZ0kjna8J+5MG67A2WrbEw+m3SbM&#10;kgHQe5nkabpIBm2ZsZpy5+D0ZnLiVcRvW079l7Z13CPZYMjNx9XGdRPWZHVO6q0lphP0kAb5hyx6&#10;IhQ8+gR1QzxBOyt+g+oFtdrp1p9R3Se6bQXlsQaoJktfVXPXEcNjLdAcZ57a5P4fLP28/2qRYA1e&#10;YKRIDxTd89GjKz2iZejOYFwNQXcGwvwIx8ByrNSZW02/O6T0dUfUll9aq4eOEwbZZeFmcnJ1wnEB&#10;ZDN80gyeITuvI9DY2j60DpqBAB1YenhiJqRC4fBdmaUpeCi4yjQrl2WkLiH18baxzn/gukdh02AL&#10;zEd0sr91PmRD6mNIeMxpKdhaSBkNu91cS4v2BFSyjr9YwKswqUKw0uHahDidQJLwRvCFdCPrP6ss&#10;L9KrvJqtF+VyVqyL+axapuUszaqrapEWVXGzfgwJZkXdCca4uhWKHxWYFX/H8GEWJu1EDaKhwdU8&#10;n08U/bFIaGbo51TFi170wsNAStGHRh+DSB2Ifa8YXCC1J0JO++Rl+rHL0IPjf+xKlEFgftKAHzcj&#10;oARtbDR7AEFYDXwBt/AVgU1Y8yWYAwxlg92PHbEcI/lRga6qrCjA5aNRzJc5GPbUszn1EEU7DbPu&#10;MZq2136a/J2xYtvBY5OSlb4ELbYiyuQ5sYOCYfBiPYePRJjsUztGPX/KVr8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAQ/AZz4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2m&#10;ikKIUxUkTkiVKBHnbezGaeN1FLtp4OtxTvS2OzuaeVtsJtuxUQ++dSRhuRDANNVOtdRIqL7enzJg&#10;PiAp7BxpCT/aw6a8vyswV+5Kn3rch4bFEPI5SjAh9Dnnvjbaol+4XlO8Hd1gMcR1aLga8BrDbcdX&#10;QqTcYkuxwWCv34yuz/uLlTCK36pO0PGP3Smtzluzeh1331I+PkzbF2BBT+HfDDN+RIcyMh3chZRn&#10;nYTnLIvoQUKWJMBmg1jPyiFOyTpdAi8LfvtE+QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHXE5ZhgIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAQ/AZz4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidRDefault="007F6B72">
+                  <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="002164C6">
+    <w:r w:rsidR="00BB484D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>528828</wp:posOffset>
+                <wp:posOffset>528955</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="381000" cy="8019098"/>
-              <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+              <wp:extent cx="381000" cy="8019415"/>
+              <wp:effectExtent l="0" t="0" r="0" b="635"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Надпись 5"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="381000" cy="8019098"/>
+                        <a:ext cx="381000" cy="8019415"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
@@ -1586,125 +1616,136 @@
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>нұсқасы</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Надпись 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFAS2uBAMAAGIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRHdiwjcuAkcFHA&#10;aIImRWaaomIiFKmStC236NC9r9B36NChW1/BeaMeqZ84aYem6EKR98e7+z6ejk+qQqA104YrmeLo&#10;IMSISaoyLm9T/O561hthZCyRGRFKshRvmcEnk5cvjjflmPXVUomMaQRBpBlvyhQvrS3HQWDokhXE&#10;HKiSSVDmShfEwlHfBpkmG4heiKAfhsNgo3RWakWZMSA9r5V44uPnOaP2Is8Ns0ikGHKzftV+Xbg1&#10;mByT8a0m5ZLTJg3yD1kUhEu4tAt1TixBK81/C1VwqpVRuT2gqghUnnPKfA1QTRQ+qeZqSUrma4Hm&#10;mLJrk/l/Yemb9aVGPEvxACNJCoBo93X3bfd993P34/7z/Rc0cD3alGYMplclGNvqVFWAdSs3IHSl&#10;V7ku3BeKQqCHbm+7DrPKIgrCw1EUhqChoBqFURImIxcmePAutbGvmCqQ26RYA4K+sWQ9N7Y2bU3c&#10;ZVLNuBAeRSHRJsXDw0HoHToNBBfS2TLPhzoMnCoLWy+H5DxWH5OoH4en/aQ3G46OevEsHvSSo3DU&#10;g0xPk2EYJ/H57JOLHsXjJc8yJudcspY3Ufx3uDQMrhH3zHmUuFGCZ64ql5ur9UxotCZA4IUg9K7p&#10;155V8Dgd306orv36KgOHYI2U39mtYC6+kG9ZDvh7wJzAvzzWXUkoZdJ6rH0fwdpZ5ZDecxwbe+da&#10;o/Ac587D36yk7ZwLLpX2aD9JO7trU85re2jGXt1ua6tF5YnfEXmhsi3wWyvgHXDUlHTGof1zYuwl&#10;0TAWQAijzl7AkgsFZFPNDqOl0h/+JHf2KXZr/wjcNzBpUmzer4hmGInXEp5yEsUxqKw/xIOjPhz0&#10;vmaxr5Gr4kwBFyKfoN86eyvaba5VcQNDceouBhWRFJJLsW23Z7aefzBUKZtOvREMo5LYubwqqQvt&#10;Gu2Yd13dEF02T9ECp96odiaR8ZMXWds6T6mmK6ty7p+ra3Xd2AYCGGSemc3QdZNy/+ytHn4Nk18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpN0dC4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIw&#10;EITvlfoO1lbqrTgQhNI0DkKItoeqB35UcVzibRIRr6PYkPTt65zgtjs7mvk2Ww6mEVfqXG1ZwXQS&#10;gSAurK65VHDYv78kIJxH1thYJgV/5GCZPz5kmGrb85auO1+KEMIuRQWV920qpSsqMugmtiUOt1/b&#10;GfRh7UqpO+xDuGnkLIoW0mDNoaHCltYVFefdxSjYTr/ctz76A7t+M3zo4+aHP89KPT8NqzcQngZ/&#10;M8OIH9AhD0wne2HtRKPgNUkCuleQxDGI0RDNR+UUpni+mIHMM3n/RP4PAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEABQEtrgQDAABiBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAaTdHQuEAAAAMAQAADwAAAAAAAAAAAAAAAABeBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoqaCTDQMAAHsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVT1u2zAU3gv0DgR3R5Ij/wmRAyeBiwJG&#10;EjQpMtMUFQuhSJakbblBh+69Qu/QoUO3XsG5UR8pyXHSDk3RhSL5vvf7PT4dHVclRyumTSFFiqOD&#10;ECMmqMwKcZvi99fTzhAjY4nICJeCpXjDDD4ev351tFYJ68qF5BnTCIwIk6xVihfWqiQIDF2wkpgD&#10;qZgAYS51SSwc9W2QabIG6yUPumHYD9ZSZ0pLyoyB27NaiMfefp4zai/y3DCLeIohNutX7de5W4Px&#10;EUluNVGLgjZhkH+IoiSFAKc7U2fEErTUxW+myoJqaWRuD6gsA5nnBWU+B8gmCp9lc7UgivlcoDhG&#10;7cpk/p9Zer661KjIUtzDSJASKNp+3X7bft/+3P54+PzwBfVcjdbKJAC9UgC21YmsgGufr1EzSe8M&#10;QII9TK1gAO1qUuW6dF/IFoEi0LDZlZ5VFlG4PBxGYQgSCqJhGI3iyPsNHrWVNvYNkyVymxRroNZH&#10;QFYzY51/krQQ50zIacG5p5cLtE5x/7AXeoWdBDS4cFjmG6U2A6fKwtbfQ3CexPtR1I3Dk+6oM+0P&#10;B514Gvc6o0E47ECkJ6N+GI/is+knZz2Kk0WRZUzMCsHahorivyOsae26FXxLPQncSF5kLisXm8v1&#10;lGu0ItDZc07oneMJUtpDBU/D8WLIrv36LD1tNVOOQGM3nDn7XLxjOTSGJ8xd+CfJdi4JpUzYqHHq&#10;0Q6VQ3gvUWzwTrVm4SXKOw3vWQq7Uy4LIbVn+1nY2V0bcl7joRh7ebutreaVfxEe6W7mMttA42sJ&#10;fQc9ahSdFlD+GTH2kmiYF3AJM9BewJJzCc0mmx1GC6k//une4VPs1u4A1NcwglJsPiyJZhjxtwLe&#10;+CiKYxBZf4h7gy4c9L5kvi8Ry/JUQi9EPkC/dXjL222uZXkD03LiHIOICArBpdi221NbD0aYtpRN&#10;Jh4EU0oROxNXirZP3nXedXVDtGqeooWeOpftsCLJsxdZYx1FQk6WVuaFf66PhW0ogAnnO7OZxm6E&#10;7p896vGfMf4FAAD//wMAUEsDBBQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4s4uFNEBZGmOsNxNbtfG4ZadAZGcJO6Xor3c56W3mzct73xSbyXZi&#10;xMG3jhTcLyIQSJUzLdUK3t+2dykIz5qM7hyhgm/0sCmvrwqdG3ehHY57rkUIIZ9rBQ1zn0vpqwat&#10;9gvXI4XbyQ1Wc1iHWppBX0K47eQyilbS6pZCQ6N7fGyw+tqfrYLP9qPJtsnrz5jxk+Pdy+FZ6oNS&#10;tzfTwxoE48R/ZpjxAzqUgenozmS86BRkaRrQWUEaxyBmQ5TMyjFMcbJagiwL+f+J8hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAoqaCTDQMAAHsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAAAAAAAAAAAAAAGcFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w:rsidR="002164C6" w:rsidRPr="002164C6" w:rsidRDefault="002164C6">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">03.09.2020 ЭҚАБЖ МО (7.23.0 </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>нұсқасы</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006B3173">
+    <w:r w:rsidR="00BB484D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>528828</wp:posOffset>
+                <wp:posOffset>528955</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="381000" cy="8019098"/>
-              <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+              <wp:extent cx="381000" cy="8019415"/>
+              <wp:effectExtent l="0" t="0" r="0" b="635"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Надпись 3"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="381000" cy="8019098"/>
+                        <a:ext cx="381000" cy="8019415"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
@@ -1722,56 +1763,63 @@
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">03.09.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Надпись 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUQgKgBQMAAGIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRbsS0jcuAkcFHA&#10;SIImRWaaImMhFKmStC036NC9r9B36NChW1/BeaMeKclx0g5N0YUi74939308HR1XhUArpk2uZIqj&#10;gxAjJqnKcnmb4vfX084QI2OJzIhQkqV4www+Hr9+dbQuR6yrFkpkTCMIIs1oXaZ4YW05CgJDF6wg&#10;5kCVTIKSK10QC0d9G2SarCF6IYJuGPaDtdJZqRVlxoD0rFbisY/POaP2gnPDLBIphtysX7Vf524N&#10;xkdkdKtJuchpkwb5hywKkku4dBfqjFiCljr/LVSRU62M4vaAqiJQnOeU+Rqgmih8Vs3VgpTM1wLN&#10;MeWuTeb/haXnq0uN8izFPYwkKQCi7dftt+337c/tj4fPD19Qz/VoXZoRmF6VYGyrE1UB1q3cgNCV&#10;XnFduC8UhUAP3d7sOswqiygIe8MoDEFDQTUMoyRMhi5M8OhdamPfMFUgt0mxBgR9Y8lqZmxt2pq4&#10;y6Sa5kJ4FIVE6xT3e4ehd9hpILiQzpZ5PtRh4FRZ2Ho5JOexuk+ibhyedJPOtD8cdOJpfNhJBuGw&#10;A5meJP0wTuKz6ScXPYpHizzLmJzlkrW8ieK/w6VhcI24Z86TxI0Seeaqcrm5Wk+FRisCBJ4LQu+a&#10;fu1ZBU/T8e2E6tqvrzJwCNZI+Z3dCObiC/mOccDfA+YE/uWx3ZWEUiatx9r3EaydFYf0XuLY2DvX&#10;GoWXOO88/M1K2p1zkUulPdrP0s7u2pR5bQ/N2KvbbW01rzzxuy2R5yrbAL+1At4BR01Jpzm0f0aM&#10;vSQaxgIIYdTZC1i4UEA21ewwWij98U9yZ59it3YH4L6GSZNi82FJNMNIvJXwlJMojkFl/SE+HHTh&#10;oPc1832NXBanCrgQ+QT91tlb0W65VsUNDMWJuxhURFJILsW23Z7aev7BUKVsMvFGMIxKYmfyqqQu&#10;tGu0Y951dUN02TxFC5w6V+1MIqNnL7K2dZ5STZZW8dw/V9fqurENBDDIPDOboesm5f7ZWz3+Gsa/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAaTdHQuEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7C&#10;MBCE75X6DtZW6q04EITSNA5CiLaHqgd+VHFc4m0SEa+j2JD07euc4LY7O5r5NlsOphFX6lxtWcF0&#10;EoEgLqyuuVRw2L+/JCCcR9bYWCYFf+RgmT8+ZJhq2/OWrjtfihDCLkUFlfdtKqUrKjLoJrYlDrdf&#10;2xn0Ye1KqTvsQ7hp5CyKFtJgzaGhwpbWFRXn3cUo2E6/3Lc++gO7fjN86OPmhz/PSj0/Das3EJ4G&#10;fzPDiB/QIQ9MJ3th7USj4DVJArpXkMQxiNEQzUflFKZ4vpiBzDN5/0T+DwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJRCAqAFAwAAYgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAAAAAAAAAAAAAAAAXwUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABtBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtZRG6EAMAAHsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRb/hMiB04CFwWM&#10;JmhSZKYpKhZCkSxJ23KLDt37Cn2HDh269RWcN+qRkhwn7dAUXSiS993xfr47HZ9UJUdrpk0hRYqj&#10;oxAjJqjMCnGb4nfXs84II2OJyAiXgqV4yww+mbx8cbxRCevKpeQZ0wiMCJNsVIqX1qokCAxdspKY&#10;I6mYAGEudUksHPVtkGmyAeslD7phOAg2UmdKS8qMgdvzWogn3n6eM2ov8twwi3iKwTfrV+3XhVuD&#10;yTFJbjVRy4I2bpB/8KIkhYBH96bOiSVopYvfTJUF1dLI3B5RWQYyzwvKfAwQTRQ+ieZqSRTzsUBy&#10;jNqnyfw/s/TN+lKjIktxDyNBSijR7uvu2+777ufux/3n+y+o53K0USYB6JUCsK1OZQW19vEaNZf0&#10;zgAkOMDUCgbQLidVrkv3hWgRKEIZtvvUs8oiCpe9URSGIKEgGoXROI767t3gQVtpY18xWSK3SbGG&#10;0noPyHpubA1tIe4xIWcF53BPEi7QJsWDXj/0CnsJGOfCAZgnSm0GTpWFrb8H53wRP46jbhyedsed&#10;2WA07MSzuN8ZD8NRBzw9HQ/CeByfzz4561GcLIssY2JeCNYSKor/rmANtWsqeEo9ctxIXmQuKueb&#10;i/WMa7QmwOwFJ/SuydcBKnjsjk8nRNd+fZS+bHWlXAGN3XLm7HPxluVADF8wd+Fbku2fJJQyYaPm&#10;UY92qBzce45ig3eqdRWeo7zX8C9LYffKZSGk9tV+4nZ217qc1/iGuE3cLgW2WlS+I7ot8xcy2wLx&#10;tQTeAUeNorMC0j8nxl4SDfMCLmEG2gtYci6BbLLZYbSU+sOf7h0+xW7tDkF9AyMoxeb9imiGEX8t&#10;oMfHURyDyPpD3B924aAPJYtDiViVZxK4EHkH/dbhLW+3uZblDUzLqXsYRERQcC7Ftt2e2XowwrSl&#10;bDr1IJhSiti5uFK0bXnHvOvqhmjVtKIFTr2R7bAiyZOOrLGuREJOV1bmhW9Xl+o6sU0JYMJ5ZjbT&#10;2I3Qw7NHPfwzJr8AAAD//wMAUEsDBBQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT4NAEIXvJv6HzZh4s4uFNEBZGmOsNxNbtfG4ZadAZGcJO6Xor3c56W3mzct73xSb&#10;yXZixMG3jhTcLyIQSJUzLdUK3t+2dykIz5qM7hyhgm/0sCmvrwqdG3ehHY57rkUIIZ9rBQ1zn0vp&#10;qwat9gvXI4XbyQ1Wc1iHWppBX0K47eQyilbS6pZCQ6N7fGyw+tqfrYLP9qPJtsnrz5jxk+Pdy+FZ&#10;6oNStzfTwxoE48R/ZpjxAzqUgenozmS86BRkaRrQWUEaxyBmQ5TMyjFMcbJagiwL+f+J8hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAtZRG6EAMAAHsGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">03.09.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
@@ -1831,54 +1879,54 @@
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13B082E2" wp14:editId="7599E5B5">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="Рисунок 2"/>
+                <wp:docPr id="11" name="Рисунок 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -1928,93 +1976,97 @@
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00F179B8" w:rsidP="001A1881">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00BB484D" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="column">
                       <wp:posOffset>2429510</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="paragraph">
-                      <wp:posOffset>178308</wp:posOffset>
+                      <wp:posOffset>178435</wp:posOffset>
                     </wp:positionV>
-                    <wp:extent cx="381000" cy="8019098"/>
-                    <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+                    <wp:extent cx="381000" cy="8019415"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="635"/>
                     <wp:wrapNone/>
                     <wp:docPr id="1" name="Поле 1"/>
-                    <wp:cNvGraphicFramePr/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                    </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
-                          <wps:cNvSpPr txBox="1"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks/>
+                          </wps:cNvSpPr>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
-                              <a:ext cx="381000" cy="8019098"/>
+                              <a:ext cx="381000" cy="8019415"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350">
                               <a:noFill/>
                             </a:ln>
                             <a:effectLst/>
                             <a:extLst>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                                   <a:solidFill>
                                     <a:prstClr val="black"/>
                                   </a:solidFill>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:style>
                             <a:lnRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:lnRef>
                             <a:fillRef idx="0">
                               <a:schemeClr val="accent1"/>
@@ -2025,60 +2077,67 @@
                             <a:fontRef idx="minor">
                               <a:schemeClr val="dk1"/>
                             </a:fontRef>
                           </wps:style>
                           <wps:txbx>
                             <w:txbxContent>
                               <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8">
                                 <w:pPr>
                                   <w:rPr>
                                     <w:color w:val="0C0000"/>
                                     <w:sz w:val="14"/>
                                   </w:rPr>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
+                    <wp14:sizeRelH relativeFrom="page">
+                      <wp14:pctWidth>0</wp14:pctWidth>
+                    </wp14:sizeRelH>
+                    <wp14:sizeRelV relativeFrom="page">
+                      <wp14:pctHeight>0</wp14:pctHeight>
+                    </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
                   <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
-                  <v:shape id="Поле 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6yy6G+wIAAFwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUmOYltC5MBJ4KKA&#10;kQRNiqxpioqIUKRK0rbcomfpKboq0DP4SB1SkuOkXTRFNxQ582Y4n8fR6VlTCbRm2nAlMxwdhRgx&#10;SVXO5UOGP97NBxOMjCUyJ0JJluEtM/hs+vbN6aZO2VCVSuRMI3AiTbqpM1xaW6dBYGjJKmKOVM0k&#10;KAulK2LhqB+CXJMNeK9EMAzDUbBROq+1oswYkF62Sjz1/ouCUXtdFIZZJDIMsVm/ar8u3RpMT0n6&#10;oEldctqFQf4hiopwCZfuXV0SS9BK899cVZxqZVRhj6iqAlUUnDKfA2QThS+yuS1JzXwuUBxT78tk&#10;/p9berW+0Yjn0DuMJKmgRbtvu5+7H7vvKHLV2dQmBdBtDTDbnKvGITu5AaFLuil05b6QDgI91Hm7&#10;ry1rLKIgPJ5EYQgaCqpJGCVhMnFugifrWhv7jqkKuU2GNfTOl5SsF8a20B7iLpNqzoUAOUmFRJsM&#10;j45PQm+w14BzIR2AeSa0buDUWNh6OQTnu/QliYZxeD5MBvPRZDyI5/HJIBmHkwFEep6MwjiJL+df&#10;nfcoTkue50wuuGQ9Y6L47zrScbfttefMs8CNEjx3WbnYXK4XQqM1AeouBaGPXb0OUMHzcHw5Ibv+&#10;67MMXAfbTvmd3Qrm/Av5gRXQed8wJ/Bvju2vJJQyaX2vfR0B7VAFhPcaww7vTNsuvMZ4b+FvVtLu&#10;jSsulfbdfhF2/tiHXLR4KMZB3m5rm2XjKX/cE3mp8i3wWyvgHXDU1HTOofwLYuwN0TAQQAhDzl7D&#10;UggFZFPdDqNS6c9/kjt8ht06HIP5BmZMhs2nFdEMI/FewiNOojgGlfWH+GQ8hIM+1CwPNXJVXSjg&#10;AjxUCNBvHd6KfltoVd3DOJy5i0FFJIXgMmz77YVtJx+MU8pmMw+CMVQTu5C3NXWuXaEd8+6ae6Lr&#10;7ila4NSV6qcRSV+8yBbrLKWarawquH+urtRtYbsWwAjzzOzGrZuRh2ePevopTH8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQDZKUKF4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkSft&#10;NtJ2CJWuKUIT2w6IAx+aOIbGaysap2oC7f79zGk72n70+nnz5WhbccPeN44UxNMIBFLpTEOVguPh&#10;/TkF4YMmo1tHqOAHPSyLyUOuM+MG2uFtHyrBIeQzraAOocuk9GWNVvup65D49u16qwOPfSVNrwcO&#10;t61MomgurW6IP9S6w7cay8v+ahXs4o3fmlM4kh/W44c5rb/o86LU0+O4egURcAx/MNz1WR0Kdjq7&#10;KxkvWgUvaTJnVEGSxiAYmM3uizOTySKOQBa5/N+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB6yy6G+wIAAFwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDZKUKF4AAAAAsBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAYgYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                  <v:shape id="Поле 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBmLZjBgMAAHUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUmO7NhC5MBJ4KKA&#10;kQRNiqxpioyFUCRL0rbcomfpKboq0DP4SB1SkuOkXTRFNxTJeTOcz5vR6VldCbRmxpZK5jg5ijFi&#10;kqqilA85/ng3640wso7IggglWY63zOKzyds3pxudsb5aKlEwg8CItNlG53jpnM6iyNIlq4g9UppJ&#10;EHJlKuLgaB6iwpANWK9E1I/jYbRRptBGUWYt3F42QjwJ9jln1F1zbplDIsfgmwurCevCr9HklGQP&#10;huhlSVs3yD94UZFSwqN7U5fEEbQy5W+mqpIaZRV3R1RVkeK8pCzEANEk8YtobpdEsxALJMfqfZrs&#10;/zNLr9Y3BpUF1A4jSSoo0e7b7ufux+47Snx2NtpmALrVAHP1uao90kdq9VzRRwuQ6ADTKFhAe0zN&#10;TeW/ECcCRSjAdp90VjtE4fJ4lMQxSCiIRnEyTpOBfzd60tbGundMVchvcmygqMEDsp5b10A7iH9M&#10;qlkpBNyTTEi0yfHweBAHhb0EjAvpASxQpDEDp9rBNtyDc6F8X8ZJP43P++PebDg66aWzdNAbn8Sj&#10;Hnh6Ph7G6Ti9nH311pM0W5ZFweS8lKyjUpL+XalaUjckCGR65rhVoix8VN43H+uFMGhNgNMLQehj&#10;m68DVPTcnZBOiK77hihD2ZpK+QJatxXM2xfyA+NAiVAwfxGake2fJJQy6QI5Qh4B7VEc3HuNYov3&#10;qk0VXqO81wgvK+n2ylUplQnVfuF28di5zBt8S9w2bp8CVy/q0AvHHfMXqtgC8Y0C3gFHraazEtI/&#10;J9bdEAOTAi5h+rlrWLhQQDbV7jBaKvP5T/cen2O/9k9AfQPDJ8f204oYhpF4L6G7x0magsiFQzo4&#10;6cPBHEoWhxK5qi4UcAE6GBwMW493ottyo6p7mJNT/zCIiKTgXI5dt71wzUiEOUvZdBpAMJ80cXN5&#10;q2nX8p55d/U9MbptRQeculLdmCLZi45ssL5EUk1XTvEytKtPdZPYtgQw2wIz2znsh+fhOaCe/haT&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhAKdsL7DgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLzZBSQNUJbGGOvNxFZtPE5hyhLZWcJuKfr0bk96nJkv/3x/uZ5NLyYaXWdZQbyI&#10;QBDXtum4VfD+trnLQDiP3GBvmRR8k4N1dX1VYtHYM29p2vlWhBB2BSrQ3g+FlK7WZNAt7EAcbkc7&#10;GvRhHFvZjHgO4aaXSRQtpcGOwweNAz1qqr92J6Pgs/vQ+SZ9/Zly/2T99mX/LHGv1O3N/LAC4Wn2&#10;fzBc9IM6VMHpYE/cONEruM+SZUAVJFkMIgBpelkcApnkcQSyKuX/DtUvAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAEGYtmMGAwAAdQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKdsL7DgAAAACwEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABtBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                    <v:path arrowok="t"/>
                     <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                       <w:txbxContent>
                         <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
           <w:r w:rsidR="00A646AF" w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
@@ -2182,71 +2241,71 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="0056459C" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00BB484D" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C0E3956" wp14:editId="38BA6964">
+            <wp:anchor distT="4294967293" distB="4294967293" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6985</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1523364</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
               <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
@@ -2263,51 +2322,51 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="20194F87" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2QHptHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWClTjHSJEO&#10;VvQkFEejaRhNb1wBEZXa2NAcPaoX86TpN4eUrlqidjxSfD0ZyMtCRvImJVycgQLb/pNmEEP2Xsc5&#10;HRvboUYK8zUkBnCYBTrGxZxui+FHjyj8nOZZNplPMKJXX0KKABESjXX+I9cdCkaJJdCPgOTw5Hyg&#10;9CskhCu9FlLGvUuFeig/mT1MYobTUrDgDXHO7raVtOhAQDrj8Xy+XscGwXMfZvVesYjWcsJWF9sT&#10;Ic82VJcq4EEvwOdinbXxfZ7OV7PVLB/ko+lqkKd1PfiwrvLBdJ09TOpxXVV19iNQy/KiFYxxFdhd&#10;dZrlf6eDy4s5K+ym1NsckrfocWBA9vqNpONawybPmthqdtrY67pBmjH48oyC9u/vYN8/9uVPAAAA&#10;//8DAFBLAwQUAAYACAAAACEAX4lZjtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidIgpN41SoghuXtjlwdOIliRqvQ+w0ga9nKyHBcXZGs2+y7ew6ccYhtJ40JAsFAqny&#10;tqVaQ3F8vXsCEaIhazpPqOELA2zz66vMpNZPtMfzIdaCSyikRkMTY59KGaoGnQkL3yOx9+EHZyLL&#10;oZZ2MBOXu04ulVpJZ1riD43pcddgdTqMTsPqMXg1fpe7/Uvx/llMQygf3JvWtzfz8wZExDn+heGC&#10;z+iQM1PpR7JBdKwTDmpY3q/XIC6+ShRvKX9PMs/k/wn5DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA2QHptHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#39f" strokeweight="1.25pt">
+            <v:line w14:anchorId="2D5D598D" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-8e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-8e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2QHptHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWClTjHSJEO&#10;VvQkFEejaRhNb1wBEZXa2NAcPaoX86TpN4eUrlqidjxSfD0ZyMtCRvImJVycgQLb/pNmEEP2Xsc5&#10;HRvboUYK8zUkBnCYBTrGxZxui+FHjyj8nOZZNplPMKJXX0KKABESjXX+I9cdCkaJJdCPgOTw5Hyg&#10;9CskhCu9FlLGvUuFeig/mT1MYobTUrDgDXHO7raVtOhAQDrj8Xy+XscGwXMfZvVesYjWcsJWF9sT&#10;Ic82VJcq4EEvwOdinbXxfZ7OV7PVLB/ko+lqkKd1PfiwrvLBdJ09TOpxXVV19iNQy/KiFYxxFdhd&#10;dZrlf6eDy4s5K+ym1NsckrfocWBA9vqNpONawybPmthqdtrY67pBmjH48oyC9u/vYN8/9uVPAAAA&#10;//8DAFBLAwQUAAYACAAAACEAX4lZjtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidIgpN41SoghuXtjlwdOIliRqvQ+w0ga9nKyHBcXZGs2+y7ew6ccYhtJ40JAsFAqny&#10;tqVaQ3F8vXsCEaIhazpPqOELA2zz66vMpNZPtMfzIdaCSyikRkMTY59KGaoGnQkL3yOx9+EHZyLL&#10;oZZ2MBOXu04ulVpJZ1riD43pcddgdTqMTsPqMXg1fpe7/Uvx/llMQygf3JvWtzfz8wZExDn+heGC&#10;z+iQM1PpR7JBdKwTDmpY3q/XIC6+ShRvKX9PMs/k/wn5DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA2QHptHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>№  _</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
@@ -2470,50 +2529,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0785397C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85A21DF0"/>
+    <w:lvl w:ilvl="0" w:tplc="BE425F2C">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D746B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3ECD064"/>
     <w:lvl w:ilvl="0" w:tplc="CA3603C4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2558,51 +2706,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7110" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2647,51 +2795,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="445F2E8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A560080E"/>
     <w:lvl w:ilvl="0" w:tplc="7ABCE982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3054" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3774" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2736,51 +2884,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7374" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8094" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8814" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="540633ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0234FA4A"/>
+    <w:lvl w:ilvl="0" w:tplc="38F8FB0E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60C5405D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2654B108"/>
     <w:lvl w:ilvl="0" w:tplc="C2888490">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1758" w:hanging="1050"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2825,51 +3062,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -2938,51 +3175,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79B018D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6649AD2"/>
     <w:lvl w:ilvl="0" w:tplc="13CE3B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3028,365 +3265,395 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
     <w:rsid w:val="000623AD"/>
     <w:rsid w:val="00066FDE"/>
     <w:rsid w:val="00073119"/>
     <w:rsid w:val="000922AA"/>
     <w:rsid w:val="00096790"/>
     <w:rsid w:val="000A6813"/>
     <w:rsid w:val="000C45D7"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="001071FE"/>
     <w:rsid w:val="001227AF"/>
     <w:rsid w:val="00125B79"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
-    <w:rsid w:val="0015420F"/>
+    <w:rsid w:val="00174D55"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00181609"/>
     <w:rsid w:val="001827CD"/>
     <w:rsid w:val="00185C5E"/>
+    <w:rsid w:val="001A0EC4"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
     <w:rsid w:val="001F2566"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F4F23"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="00204592"/>
     <w:rsid w:val="002164C6"/>
     <w:rsid w:val="0022101F"/>
-    <w:rsid w:val="0022213B"/>
     <w:rsid w:val="00224DA2"/>
     <w:rsid w:val="00225BBD"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="002356F4"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="00256C43"/>
     <w:rsid w:val="00282DC2"/>
     <w:rsid w:val="00291494"/>
     <w:rsid w:val="0029382E"/>
+    <w:rsid w:val="00296D83"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002A456D"/>
     <w:rsid w:val="002B0022"/>
     <w:rsid w:val="002C31D4"/>
-    <w:rsid w:val="0032551D"/>
     <w:rsid w:val="00363FAF"/>
     <w:rsid w:val="00364E0B"/>
     <w:rsid w:val="00367055"/>
+    <w:rsid w:val="0039587E"/>
+    <w:rsid w:val="00397DB6"/>
     <w:rsid w:val="003A41F6"/>
     <w:rsid w:val="003D781A"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="003F60AE"/>
-    <w:rsid w:val="00403031"/>
+    <w:rsid w:val="003F692F"/>
     <w:rsid w:val="004077CA"/>
     <w:rsid w:val="004169D0"/>
+    <w:rsid w:val="004219BB"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="00443343"/>
+    <w:rsid w:val="00453825"/>
     <w:rsid w:val="0046489C"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="004872D1"/>
-    <w:rsid w:val="004961E6"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004A6897"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004C4C4E"/>
     <w:rsid w:val="004D223A"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004E4C93"/>
     <w:rsid w:val="004F3375"/>
     <w:rsid w:val="005320F8"/>
-    <w:rsid w:val="00553AAE"/>
     <w:rsid w:val="0056459C"/>
     <w:rsid w:val="00566AF4"/>
+    <w:rsid w:val="005748A5"/>
+    <w:rsid w:val="005B1631"/>
     <w:rsid w:val="005D10D9"/>
     <w:rsid w:val="005D62E1"/>
     <w:rsid w:val="005D6ED4"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="00640134"/>
+    <w:rsid w:val="006125C5"/>
+    <w:rsid w:val="00634195"/>
+    <w:rsid w:val="006411A4"/>
     <w:rsid w:val="00642211"/>
     <w:rsid w:val="00650032"/>
+    <w:rsid w:val="00652021"/>
+    <w:rsid w:val="0065784F"/>
     <w:rsid w:val="00686BD0"/>
     <w:rsid w:val="00693ADB"/>
+    <w:rsid w:val="006A2CE2"/>
     <w:rsid w:val="006B3173"/>
     <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006B7E1B"/>
     <w:rsid w:val="006C2871"/>
     <w:rsid w:val="007006E3"/>
-    <w:rsid w:val="0070113E"/>
     <w:rsid w:val="00703ABC"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="00715B6C"/>
     <w:rsid w:val="00721C6D"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
+    <w:rsid w:val="00782176"/>
     <w:rsid w:val="00782A16"/>
     <w:rsid w:val="00785E10"/>
     <w:rsid w:val="00787A78"/>
-    <w:rsid w:val="007933A8"/>
+    <w:rsid w:val="007C6468"/>
+    <w:rsid w:val="007D3B49"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="007F1C18"/>
-    <w:rsid w:val="007F6B72"/>
     <w:rsid w:val="0081000A"/>
+    <w:rsid w:val="00823ED7"/>
     <w:rsid w:val="00834F6C"/>
     <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="008527B4"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
     <w:rsid w:val="00884707"/>
+    <w:rsid w:val="0089582F"/>
     <w:rsid w:val="00895EA4"/>
     <w:rsid w:val="008A2FB0"/>
     <w:rsid w:val="008B65A6"/>
     <w:rsid w:val="008C70E2"/>
     <w:rsid w:val="008C76DB"/>
+    <w:rsid w:val="008D7D4B"/>
     <w:rsid w:val="008D7D4C"/>
-    <w:rsid w:val="008D7F2F"/>
     <w:rsid w:val="008E7CBA"/>
+    <w:rsid w:val="008F02B2"/>
+    <w:rsid w:val="00911BCF"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="00942CF0"/>
     <w:rsid w:val="009711DE"/>
     <w:rsid w:val="0098083B"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="009C4A86"/>
-    <w:rsid w:val="009D3A88"/>
+    <w:rsid w:val="009D20A8"/>
+    <w:rsid w:val="009E4289"/>
     <w:rsid w:val="00A03C8A"/>
     <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A12527"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A40B7C"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A5406E"/>
     <w:rsid w:val="00A55D90"/>
     <w:rsid w:val="00A646AF"/>
+    <w:rsid w:val="00A86B71"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AC76FB"/>
     <w:rsid w:val="00AD01A3"/>
     <w:rsid w:val="00AD462C"/>
     <w:rsid w:val="00B058B8"/>
     <w:rsid w:val="00B22818"/>
     <w:rsid w:val="00B600EE"/>
+    <w:rsid w:val="00B62379"/>
     <w:rsid w:val="00B62A7B"/>
     <w:rsid w:val="00B63124"/>
     <w:rsid w:val="00B73FC3"/>
     <w:rsid w:val="00B86340"/>
     <w:rsid w:val="00B91E99"/>
     <w:rsid w:val="00BA7D97"/>
-    <w:rsid w:val="00BB1408"/>
+    <w:rsid w:val="00BB484D"/>
+    <w:rsid w:val="00BB74D1"/>
+    <w:rsid w:val="00BC5F7F"/>
     <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
     <w:rsid w:val="00BF588A"/>
+    <w:rsid w:val="00C24F90"/>
     <w:rsid w:val="00C2729B"/>
-    <w:rsid w:val="00C32DFA"/>
     <w:rsid w:val="00C65C8D"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00C8380B"/>
     <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CB4EF0"/>
     <w:rsid w:val="00CC1BEA"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D32830"/>
     <w:rsid w:val="00D32D1D"/>
     <w:rsid w:val="00D42C93"/>
     <w:rsid w:val="00D52DE8"/>
     <w:rsid w:val="00D71688"/>
     <w:rsid w:val="00D94477"/>
-    <w:rsid w:val="00DA279D"/>
     <w:rsid w:val="00DB1363"/>
     <w:rsid w:val="00DC1044"/>
     <w:rsid w:val="00DD06B3"/>
     <w:rsid w:val="00DF59AA"/>
     <w:rsid w:val="00E03311"/>
+    <w:rsid w:val="00E03DD2"/>
     <w:rsid w:val="00E106D7"/>
+    <w:rsid w:val="00E148B0"/>
     <w:rsid w:val="00E23642"/>
-    <w:rsid w:val="00E2408F"/>
     <w:rsid w:val="00E43190"/>
-    <w:rsid w:val="00E43BE1"/>
+    <w:rsid w:val="00E50476"/>
     <w:rsid w:val="00E57A5B"/>
+    <w:rsid w:val="00E7596F"/>
     <w:rsid w:val="00E75F8F"/>
     <w:rsid w:val="00E80B48"/>
     <w:rsid w:val="00E866E0"/>
+    <w:rsid w:val="00E86F86"/>
+    <w:rsid w:val="00E9073E"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EB685A"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EC655D"/>
     <w:rsid w:val="00ED0F7C"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EE2D93"/>
     <w:rsid w:val="00EE379C"/>
+    <w:rsid w:val="00EF4B5B"/>
     <w:rsid w:val="00EF4E93"/>
-    <w:rsid w:val="00F13858"/>
-    <w:rsid w:val="00F16731"/>
     <w:rsid w:val="00F179B8"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F304DB"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F66500"/>
+    <w:rsid w:val="00F86F2D"/>
     <w:rsid w:val="00F923B9"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00F96405"/>
-    <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA7E02"/>
-    <w:rsid w:val="00FD2E27"/>
+    <w:rsid w:val="00FB098B"/>
+    <w:rsid w:val="00FD34D3"/>
     <w:rsid w:val="00FD5D0D"/>
+    <w:rsid w:val="00FD7604"/>
     <w:rsid w:val="00FE0A6E"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="60DA82DC"/>
-  <w15:docId w15:val="{424289D1-31BB-491D-B09B-8A899736D866}"/>
+  <w14:docId w14:val="12C5A268"/>
+  <w15:docId w15:val="{51DFBC68-1684-4B68-B4BB-02EBB1158705}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3439,51 +3706,51 @@
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4091,161 +4358,162 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="маркированный,Абзац списка1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af2">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af5"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af4"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="001071FE"/>
@@ -4257,108 +4525,123 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:rsid w:val="004077CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:rsid w:val="004077CA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af9"/>
+    <w:link w:val="afa"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00296D83"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:aliases w:val="маркированный Знак,Абзац списка1 Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00296D83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="809253203">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="993602660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1515025836">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -4684,67 +4967,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>1879</Characters>
+  <Words>343</Words>
+  <Characters>1959</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2204</CharactersWithSpaces>
+  <CharactersWithSpaces>2298</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>