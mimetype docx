--- v0 (2025-12-08)
+++ v1 (2026-02-19)
@@ -1,5332 +1,1762 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B94064" w:rsidRPr="008A65D5" w:rsidRDefault="008A65D5" w:rsidP="008A65D5">
-[...3607 lines deleted...]
-    <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00AA54C8">
+    <w:p w:rsidR="00B94064" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00752ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Материалды</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00752ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>қ-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00752ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>техникалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00752ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> база</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="496"/>
         <w:gridCol w:w="5336"/>
         <w:gridCol w:w="2821"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тоңазытқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мұздатқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Пісіруге үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тігін машинасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кір жуғыш машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қазандық (су жылытқыш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Электронды пеш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бумен шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тоқты табада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тоқты ет тартқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="00752ED4" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Э</w:t>
             </w:r>
-            <w:r w:rsidRPr="00752ED4">
+            <w:r w:rsidR="004E4102" w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лектронды таразы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Стадиометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бір деңгейлі кереуеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Екі қабатты кереуеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балаларға арналған үстелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балаларға арналған орындықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кварц шамдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балалар шкафы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidTr="00D005A8">
+      <w:tr w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidTr="008A65D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Орындықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00D005A8">
+          <w:p w:rsidR="004E4102" w:rsidRPr="00752ED4" w:rsidRDefault="004E4102" w:rsidP="00752ED4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00752ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA54C8" w:rsidRPr="00752ED4" w:rsidRDefault="00AA54C8" w:rsidP="00AA54C8">
+    <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA54C8" w:rsidRDefault="00AA54C8"/>
-    <w:sectPr w:rsidR="00AA54C8" w:rsidSect="00B94064">
+    <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidRDefault="008A65D5" w:rsidP="00752ED4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008A65D5" w:rsidRPr="00752ED4" w:rsidSect="00B94064">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008A65D5"/>
-    <w:rsid w:val="0032040C"/>
+    <w:rsid w:val="00273F4C"/>
     <w:rsid w:val="00343A3C"/>
+    <w:rsid w:val="004E4102"/>
+    <w:rsid w:val="00752ED4"/>
     <w:rsid w:val="008A65D5"/>
-    <w:rsid w:val="00AA54C8"/>
-    <w:rsid w:val="00B844D7"/>
     <w:rsid w:val="00B94064"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5542,98 +1972,126 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="008A65D5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AA54C8"/>
+    <w:rsid w:val="004E4102"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AA54C8"/>
+    <w:rsid w:val="004E4102"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="369233863">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="874200138">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5885,66 +2343,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1239</Characters>
+  <Pages>1</Pages>
+  <Words>71</Words>
+  <Characters>410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1454</CharactersWithSpaces>
+  <CharactersWithSpaces>480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>201910</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>