--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -1,748 +1,3026 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Абайлаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тұмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>!!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тұмау-бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүйке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүрек-тамыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дененің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүйелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әсер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өткі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жұқпалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауру. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тұмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>эпидемиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мезгілде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әлем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>халқының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15% - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әсер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Маусымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тұмауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>белгілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кенеттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>температураның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жөтел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ғақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ауруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бұлшықет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ауруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бірлескен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ауырсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әлсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сезіну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жұлдыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мұрынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ағуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ТҰМАУДЫҢ АЛДЫН АЛУ БОЙЫНША ПРОФИЛАКТИКАЛЫҚ ІС-ШАРАЛАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гигиена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұқият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өлмені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>желдетіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ағындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шырыштың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бөлшектерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вирустармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бөлмелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ылғалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тазалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>үргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қолды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сабынмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мұқият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жуыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Есіңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сабын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ерітінділері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>теріге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>енетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вирустардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бактериялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 85-95% - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жуады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>денені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қатайтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, таза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ауада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>іңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дәрумендердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мөлшерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тамақтануды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұйымдастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сарымсақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пияз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұмытпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пайдалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>құрамында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>микробтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өлтіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұшпа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>заттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дәке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қабаттарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тігілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>маскаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қолданыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>маскалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>микробтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пайызын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұстайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ТҰМАУ БОЛҒАН ЖАҒДАЙДА НЕ ІСТЕУ КЕРЕК?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шұғыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ігерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қаралыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нұсқауларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орындаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>төсек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>демалысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қадағалаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сұйықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ішіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Толы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жерлерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аулақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Инфекцияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>таралу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қаупін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>азайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>гигиеналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Маска </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>киіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>⇒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Түшкіргенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жөтелгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аузыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұрныңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шарфпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жабыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Қолыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сабынмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жуыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
+      <w:pPr>
+        <w:pStyle w:val="c2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E164EF" w:rsidRPr="00E164EF" w:rsidRDefault="00E164EF" w:rsidP="00E164EF">
       <w:pPr>
         <w:pStyle w:val="c2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Грипп – это острое инфекционное заболевание, поражающее дыхательную, нервную, </w:t>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>САНИТАРИЯ МЕН ГИГИЕНА ЕРЕЖЕЛЕРІН САҚТАЙ ОТЫРЫП, ТҰМАУДЫҢ АЛДЫН-АЛУ ШАРАЛАРЫН ОРЫНДАУ АРҚЫЛЫ СІ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>сердечно-сосудистую</w:t>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>З</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...586 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00E164EF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> САУ БОЛАСЫЗ!</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="0081755B">
+    <w:sectPr w:rsidR="00E164EF" w:rsidRPr="00E164EF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="51"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00166324"/>
     <w:rsid w:val="00166324"/>
-    <w:rsid w:val="002767BB"/>
+    <w:rsid w:val="00214A7F"/>
     <w:rsid w:val="0034475B"/>
     <w:rsid w:val="006F3B1E"/>
     <w:rsid w:val="0081755B"/>
     <w:rsid w:val="00E164EF"/>
     <w:rsid w:val="00F5319A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2338,69 +4616,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>271</Words>
-  <Characters>1548</Characters>
+  <Words>257</Words>
+  <Characters>1471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1816</CharactersWithSpaces>
+  <CharactersWithSpaces>1725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>аввв</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>