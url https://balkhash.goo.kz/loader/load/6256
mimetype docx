--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -1,3350 +1,1623 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
+    <w:p w:rsidR="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Қ</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-[...1 lines deleted...]
-        <w:t>аза</w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к приказу Министра образования и науки</w:t>
       </w:r>
       <w:r>
-        <w:t>қ</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...183 lines deleted...]
-        <w:t>а</w:t>
+        <w:t>от 20 декабря 2012 года № 557</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...239 lines deleted...]
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
+    <w:p w:rsidR="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
+        <w:t>Типовой учебный план дошкольного воспитания и обучения детей от 1 года до приема в 1 класс с казахским языком обучения</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...426 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="75" w:type="dxa"/>
           <w:left w:w="150" w:type="dxa"/>
           <w:bottom w:w="75" w:type="dxa"/>
           <w:right w:w="150" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="529"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1055"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="2379"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="1158"/>
         <w:gridCol w:w="1194"/>
-        <w:gridCol w:w="1077"/>
-        <w:gridCol w:w="2284"/>
+        <w:gridCol w:w="1804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...10 lines deleted...]
-            <w:tcW w:w="1173" w:type="pct"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="90" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="90" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...52 lines deleted...]
-            <w:tcW w:w="3551" w:type="pct"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Образовательная область/ Организованная учебная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="90" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="90" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Возрастная группа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1"/>
-[...3 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Группа раннего возраста (от 1 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Младшая группа (от 2 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Средняя группа (от 3 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Старшая группа (от 4 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Группа (класс) </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-              <w:t>Ерте</w:t>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>предшкольной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...212 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки (от 5 лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...41 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Продолжительность организованной учебной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>7-10 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>10-15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>15-20 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="561" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>20-25 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00F206D1">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F46578" w:rsidRPr="00F46578" w:rsidRDefault="00F46578" w:rsidP="00F46578">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46578">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>25-30 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E14055" w:rsidRDefault="00E14055">
+    <w:p w:rsidR="006E477F" w:rsidRDefault="006E477F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRDefault="00105462">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRDefault="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...66 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00105462">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қ</w:t>
+        <w:t>Приложение 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C95A54">
-[...4 lines deleted...]
-        <w:t>аза</w:t>
+      <w:r w:rsidRPr="00105462">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к приказу Министра образования</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C95A54">
-[...3 lines deleted...]
-        <w:t>қ</w:t>
+      <w:r w:rsidRPr="00105462">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и науки Республики Казахстан</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C95A54">
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00105462">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Білім ж</w:t>
-[...189 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>от 20 декабря 2012 года № 557</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
       <w:pPr>
-        <w:spacing w:after="223"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C95A54">
-[...261 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:r w:rsidRPr="00105462">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...396 lines deleted...]
-        <w:t>ы</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовой учебный план дошкольного воспитания и обучения от 1 года до приема в 1 класс с русским языком обучения</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="75" w:type="dxa"/>
           <w:left w:w="150" w:type="dxa"/>
           <w:bottom w:w="75" w:type="dxa"/>
           <w:right w:w="150" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="529"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1055"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="2379"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="1158"/>
         <w:gridCol w:w="1194"/>
-        <w:gridCol w:w="1077"/>
-        <w:gridCol w:w="2284"/>
+        <w:gridCol w:w="1804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00105462" w:rsidRPr="00105462" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...11 lines deleted...]
-            <w:tcW w:w="1173" w:type="pct"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="90" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="90" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...53 lines deleted...]
-            <w:tcW w:w="3551" w:type="pct"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Образовательная область/ Организованная учебная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="90" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="90" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Возрастная группа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00105462" w:rsidRPr="00105462" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54"/>
-[...3 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Группа раннего возраста (от 1 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Младшая группа (от 2 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Средняя группа (от 3 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Старшая группа (от 4 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Группа (класс) </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C95A54">
-              <w:t>Ерте</w:t>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>предшкольной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C95A54">
-[...216 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки (от 5 лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidTr="00C95A54">
+      <w:tr w:rsidR="00105462" w:rsidRPr="00105462" w:rsidTr="00AB592E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...42 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Продолжительность организованной учебной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>7-10 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>10-15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>15-20 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="561" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>20-25 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54" w:rsidP="00C95A54">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C95A54">
+          <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462" w:rsidP="00105462">
+            <w:pPr>
+              <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>25-30 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C95A54" w:rsidRPr="00C95A54" w:rsidRDefault="00C95A54"/>
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="00C95A54" w:rsidRPr="00C95A54">
+    <w:p w:rsidR="00105462" w:rsidRPr="00105462" w:rsidRDefault="00105462"/>
+    <w:sectPr w:rsidR="00105462" w:rsidRPr="00105462">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="53"/>
+  <w:zoom w:percent="65"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005349CB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E14055"/>
+    <w:rsidRoot w:val="00DD32DF"/>
+    <w:rsid w:val="00105462"/>
+    <w:rsid w:val="006E477F"/>
+    <w:rsid w:val="00DD32DF"/>
+    <w:rsid w:val="00F46578"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3487,105 +1760,101 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C95A54"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C95A54"/>
+    <w:rsid w:val="00F46578"/>
     <w:pPr>
-      <w:spacing w:after="223"/>
+      <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C95A54"/>
+    <w:rsid w:val="00F46578"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3709,105 +1978,101 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C95A54"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C95A54"/>
+    <w:rsid w:val="00F46578"/>
     <w:pPr>
-      <w:spacing w:after="223"/>
+      <w:spacing w:after="223" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C95A54"/>
+    <w:rsid w:val="00F46578"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4073,54 +2338,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1197</Characters>
+  <Words>177</Words>
+  <Characters>1014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1404</CharactersWithSpaces>
+  <CharactersWithSpaces>1189</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>аввв</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>